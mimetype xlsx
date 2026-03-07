--- v0 (2025-12-04)
+++ v1 (2026-03-07)
@@ -51,2596 +51,2596 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2171/emenda.034.anastacio_e_paulo.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2171/emenda.034.anastacio_e_paulo.ok.pdf</t>
   </si>
   <si>
     <t>CM 034/10 - EMENDA MODIFICATIVA AO PROJETO DE LEI Nº 027/2010, QUE AUTORIZA A CONCESSÃO DE ISENÇÕES PARA IPTU E TAXA DE COLETA DE LIXO CONSTANTES NO CÓDIGO TRIBUTÁRIO MUNICIPAL PARA O EXERCÍCIO DE 2010._x000D_
 AUTORES: VER. ANASTÁCIO DA SILVA E VER. PAULO SÉRGIO COELHO</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2181/emenda.129.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2181/emenda.129.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 129/10 - ALTERA-SE O ART. 1º DO PROJETO DE LEI Nº 091/2010._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2182/emenda.130.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2182/emenda.130.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 130/10 - ALTERA-SE O ART. 3º DO PROJETO DE LEI Nº  091/2010._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2183/emenda.147.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2183/emenda.147.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 147/10 - ALTERA-SE O INCISO VII DO ART. 14 DO PROJETO DE LEI Nº 104/2010._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2184/emenda.154.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2184/emenda.154.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 154/10 - EMENDA AO PROJETO DE LEI PM 098/2010, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRA DE 2011._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2195/emenda.188.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2195/emenda.188.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 188/10 - ACRESCENTA-SE PARÁGRAFO ÚNICO AO ART. 1º DO PROJETO DE LEI Nº 120/2010._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1993/indicacao_022.10.roque.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1993/indicacao_022.10.roque.ok.pdf</t>
   </si>
   <si>
     <t>CM 022/10 - INDICA AO EXECUTIVO MUNICIPAL A PRORROGAÇÃO DA DATA PARA A COBRANÇA DO IPTU COM DESCONTO DE 15% AO MENOS ATÉ O DIA 10 DE MARÇO DE 2010._x000D_
 AUTOR: VER. ROQUE SCHRÖDER.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1992/indicacao_037.10.roque.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1992/indicacao_037.10.roque.ok.pdf</t>
   </si>
   <si>
     <t>CM 037/10 - INDICA AO EXECUTIVO, COM O MÁXIMO EMPENHO, QUE SEJA REALIZADA A PODA DOS GALHOS  DOS PINHEIROS LOCALIZADOS  NA ESTRADA DA VÁRZEA DO RIO BRANCO._x000D_
 AUTOR: ROQUE SCHRÖDER</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1991/indicacao_038.10.paulo_e_anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1991/indicacao_038.10.paulo_e_anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 038/10 - OS VEREADORES ABAIXO ASSINADOS INDICAM AO EXECUTIVO QUE SEJA ENVIADO A ESTA CASA LEGISLATIVA  PROJETO DE LEI CONCEDENDO AUXÍLIO FINANCEIRO AOS GRUPOS DE TERCEIRA IDADE  DO MUNICÍPIO, OS QUAIS VINHAM EM ANOS ANTERIORES SENDO ATENDIDOS COM ESSA AJUDA. _x000D_
 AUTOR: VER. PAULO SÉRGIO COELHO, VER. ANASTÁCIO DA SILVA.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1990/indicacao_053.10.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1990/indicacao_053.10.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 053/10 - INDICO AO SR. PREFEITO, OUVIDO O PLENÁRIO, SEJA INSTALADO UM PONTO DE ILUMINAÇÃO PÚBLICA, NAS PROXIMIDADES DA PARADA DE ÔNIBUS LOCALIZADA NA RS 122, TREVO DE ACESSO A VILA CONCEIÇÃO, PELA RUA QUE PASSA EM FRENTE A E.E.E.F. "PROF. THOMÉ DE AZEVEDO", NO BAIRRO CONCEIÇÃO, SÃO SEBASTIÃO DO CAÍ._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1989/indicacao_054.10.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1989/indicacao_054.10.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 054/10 - INDICO AO SR. PREFEITO MUNICIPAL, OUVIDO O PLENÁRIO, SEJAM INSTALADOS PONTOS DE ILUMINAÇÃO PÚBLICA, NA MARGEM DIREITA  SENTIDO BAIRRO CENTRO DA AV. DR. BRUNO CASSEL, NO TRAJETO ENTRE O HOTEL VARIANE E TREVO DE ACESSO AO HOSPITAL SAGRADA FAMÍLIA._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1988/indicacao_059.10.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1988/indicacao_059.10.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 059/10 - INDICO AO SR. PREFEITO MUNICIPAL, OUVIDO O PLENÁRIO, SEJA ESTENDIDO AOS FUNCIONÁRIOS INATIVOS E PENSIONISTAS DO FUNDO  DE APOSENTADORIA E PENSÃO DO SERVIDOR - FAP, REPASSE, EM ESPÉCIE, DO VALOR DO VALE REFEIÇÃO, CONCEDIDO  POR LEI  AOS SERVIDORES MUNICIPAIS QUE ESTÃO NA ATIVA. O REFERIDO REPASSE PODERÁ SER FEITO NA FORMA DE PARCELA  AUTÔNOMA E POR TEMPO DETERMINADO._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1987/indicacao_060.10.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1987/indicacao_060.10.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 060/10 - INDICO AO SR. PREFEITO MUNICIPAL, OUVIDO O PLENÁRIO, QUE SEJA DEFINIDO COM O COORDENADOR DO MEIO AMBIENTE  E SUA EQUIPE O COMPROMISSO DE ENCAMINHAR SOLUÇÕES ABAIXO PONTUADAS: IDENTIFICAR, LOCALIZAR E DEFINIR DE QUEM É A RESPONSABILIDADE PELA RETIRADA DA ÁRVORE (PLÁTANO), LOCALIZADA AO LADO DA SERRALHERIA  BUENO, LOCALIZADA NA AV. EGYDIO MICHAELSEN, NESTA CIDADE; O TERRENO BALDIO SITUADO AO LADO DA CASA Nº 269, NA RUA HENRIQUE D'ÁVILA , CUJO PROPRIETÁRIO, SEGUNDO INFORMAÇÕES DA MORADOR DA CASA ACIMA REFERIDA,  É O SR. GILMAR GOULART, ESTÁ SE TRANSFORMANDO EM UM DEPÓSITO DE LIXO, CRIADOURO DE INSETOS, LOCAL DE ENCONTRO NOTURNOS DE CONSUMIDORES DE DROGAS, ENTRE OUTROS._x000D_
 AUTOR: VER. PROF ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1986/indicacao_089.10.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1986/indicacao_089.10.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 089/10 - INDICA AO EXECUTIVO A COLOCAÇÃO DE UM NÚMERO DE TELEFONE PARA RECLAMAÇÕES NO CAMINHÃO QUE FAZ O RECOLHIMENTO DO LIXO NO MUNICÍPIO ._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1985/indicacao_090.10.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1985/indicacao_090.10.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 090/10 - INDICA AO EXECUTIVO A COLOCAÇÃO DE MATERIAL (BRITA) NA RUA QUE DÁ ACESSO À ENTIDADE DESAFIO JOVEM GIDEÕES, NO BAIRRO RIO BRANCO, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1984/indicacao_096.10.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1984/indicacao_096.10.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 096/10 - INDICA AO EXECUTIVO A LIMPEZA DA PRAÇA DR. ORESTES JOSÉ LUCAS, JUNTO AO FÓRUM, A QUAL ENCONTRA-SE TOTALMENTE ABANDONADA E TAMBÉM FALTA ILUMINAÇÃO PÚBLICA, ENTRETANTO, O QUE AS PESSOAS MAIS PEDEM É A LIMPEZA._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1983/indicacao_103.10.roque.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1983/indicacao_103.10.roque.ok.pdf</t>
   </si>
   <si>
     <t>CM 103/10 - INDICA AO EXECUTIVO QUE SEJA DESIGNADO UM AGENTE COMUNITÁRIO DE SAÚDE PARA ATENDER A COMUNIDADE DA VIGIA._x000D_
 AUTOR: VER. ROQUE SCHRÖDER.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1982/indicacao_123.10.roque.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1982/indicacao_123.10.roque.ok.pdf</t>
   </si>
   <si>
     <t>CM 123/10 - INDICA AO EXECUTIVO QUE SEJA PROVIDENCIADA A SINALIZAÇÃO/PINTURA NO MEIO DA PISTA DA ESTRADA DA BARRA BEM COMO A INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO INDICANDO AS CURVAS E PONTOS DE PROIBIÇÃO DE ULTRAPASSAGEM._x000D_
 AUTOR: VER. ROQUE SCHRÖDER.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1981/indicacao_140.10.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1981/indicacao_140.10.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 140/10 - INDICO AO SR. PREFEITO MUNICIPAL, OUVIDO O PLENÁRIO, SEJA RECUPERADA A PONTE DE FERRO SOBRE O RIO CADEIA, MELHORADAS SUAS CABECEIRAS E ACESSOS E COLOCAR PLACAS DE SINALIZAÇÃO INDICANDO PESO E ALTURA MÁXIMA DE CARGA DOS CAMINHÕES PERMITIDA PARA A TRAVESSIA DA MESMA._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1980/indicacao_141.10.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1980/indicacao_141.10.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 141/10 - INDICO AO SR. PREFEITO MUNICIPAL, OUVIDO O PLENÁRIO, SEJA PROPORCIONADO UM TRATAMENTO DIFERENCIADO OU INCENTIVO FISCAL A MORADORES, MICROEMPRESA E EMPRESAS DE PEQUENO PORTE, LOCALIZADOS EM ZONA DE RISCO, QUE DESEJAREM INVESTIR EM SUAS PROPRIEDADES, OBJETIVANDO SOLUCIONAR OS SEUS PROBLEMAS COAS AS CHEIAS._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1979/indicacao_151.10.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1979/indicacao_151.10.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 151/10 - INDICA AO EXECUTIVO, A PEDIDO DE MORADORES CAIENSES CONFORME ABAIXO-ASSINADO ANEXO, A COLOCAÇÃO DE PORTÕES NAS DUAS ENTRADAS DO CEMITÉRIO MUNICIPAL PARA QUE POSSAM SER FECHADOS À NOITE, TENDO EM VISTA QUE O CEMITÉRIO ESTÁ SENDO UTILIZADO PARA TRÁFICO DE DROGAS, BANDIDAGEM, FURTO DE COROAS, FLORES E OBJETOS E DEPREDAÇÕES DE TÚMULOS. INDICO, AINDA, PROVIDÊNCIAS URGENTES NESSE SENTIDO PARA QUE SE POSSA  EVITAR DE IMEDIATO TAIS ATOS CRIMINOSOS E O TRANSTORNO  E INCÔMODO QUE VEM SENDO CAUSADO ÀS FAMÍLIAS QUE RESIDEM NAS PROXIMIDADES._x000D_
 AUTOR: ANASTÁCIO DA SILVA.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1978/indicacao_152.10.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1978/indicacao_152.10.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 152/10 - INDICA AO EXECUTIVO QUE SEJA VIABILIZADO UM AUXÍLIO FINANCEIRO AO NÚCLEO 02 DA COMUNIDADE TERAPÊUTICA DESAFIO JOVEM GIDEÕES, LOCALIZADA NO BAIRRO RIO BRANCO, NESTE MUNICÍPIO._x000D_
 AUTOR: ANASTÁCIO DA SILVA.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1977/indicacao_161.10.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1977/indicacao_161.10.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 161/10 - INDICA AO EXECUTIVO, A PEDIDO DE ALGUNS INTEGRANTES DO 2º BPM - BATALHÃO DA POLICIA MILITAR, SEDIADO NESTA CIDADE, QUE SEJA VERIFICADA A POSSIBILIDADE DE CONSTRUÇÃO DE UM RECUO NA CALÇADA EM FRENTE À ESCOLA ESTADUAL DE 2º GRAU FELIPE CAMARÃO, NA AV. EGYDIO MACHAELSEN, ANTES DO CRUZAMENTO COM A RUA PINHEIRO MACHADO, VIABILIZANDO A COLOCAÇÃO DE UM PONTO DE ESTACIONAMENTO COM COBERTURA PARA USO DA VIATURA DA BRIGADA MILITAR._x000D_
 AUTOR: VALDIR RAIMUNDO RAMOS.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1976/indicacao_163.10.cesar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1976/indicacao_163.10.cesar.ok.pdf</t>
   </si>
   <si>
     <t>CM 163/10 - INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA PRAÇA COMUNITÁRIA JUNTO À ÁREA DE USO INSTITUCIONAL DO LOTEAMENTO ANGICO._x000D_
 AUTOR: CÉSAR DOS SANTOS.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1975/indicacao_182.10.cesar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1975/indicacao_182.10.cesar.ok.pdf</t>
   </si>
   <si>
     <t>CM 182/10 - INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE REDUTORES DE VELOCIDADE OU LOMBADAS ELETRÔNICAS NOS SEGUINTES LOCAIS DA RS 122 - ANTIGO TRAÇADO: ACESSO AO LOTEAMENTO ANGICO (PRÓXIMO AO CEMITÉRIO MUNICIPAL); ACESSO AO HOSPITAL SAGRADA FAMÍLIA - ENTROCAMENTO COM A RUA JOÃO PEREIRA; ACESSO À VILA PROGRESSO - RUA PADRE JOÃO WAGNER, NO ENTROCAMENTO COM A AV. OSVALDO ARANHA - BAIRRO VILA RICA._x000D_
 AUTOR: CÉSAR DOS SANTOS.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1974/indicacao_183.10.cesar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1974/indicacao_183.10.cesar.ok.pdf</t>
   </si>
   <si>
     <t>CM 183/10 - INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UM ABRIGO JUNTO À PARADA DE ÔNIBUS EXISTENTE NA RS 122 (ANTIGO TRAÇADO), EM FRENTE AO SUPERMERCADO LEDUR, AO LADO DO ACESSO À RUA ANTÔNIO PRADO._x000D_
 AUTOR: CÉSAR DOS SANTOS.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1973/indicacao_184.10.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1973/indicacao_184.10.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 184/10 - INDICO AO SENHOR PREFEITO MUNICIPAL, OUVIDO O PLENÁRIO, PROPONHA AO SECRETÁRIO DE OBRAS, PARA QUE SEJAM REALIZADAS DUAS MELHORIAS DEFRONTE A RESIDÊNCIA DA FAMÍLIA DO SR. ADRIANO DOS SANTOS MARTINS, LOCALIZADA NA TRAVESSA I, Nº 27, BAIRRO SÃO MARTIM._x000D_
 AUTORIA: VER. PROF. ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1972/indicacao_187.10.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1972/indicacao_187.10.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 187/10 - OS VEREADORES, SIGNATÁRIOS DESTA, INDICAM AO PREFEITO MUNICIPAL, O ENVIO A ESTA CÂMARA MUNICIPAL UM PROJETO DE LEI CONCEDENTE AUXÍLIO FINANCEIRO À SOCIEDADE CIVIL CORPO DE BOMBEIROS VOLUNTÁRIOS DE SÃO SEBASTIÃO DO CAÍ - CNPJ Nº 00.703.743/0001-29, MATERIALIZANDO, ASSIM, A PARTICIPAÇÃO DO PODER EXECUTIVO NA CAMPANHA DO CORPO DE BOMBEIROS, A QUAL VISA ARRECADAR RECURSOS PARA A LIBERAÇÃO DO CAMINHÃO DE COMBATE A INCÊNDIO DOADO PELO GOVERNO ALEMÃO À ENTIDADE._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1971/indicacao_194.10.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1971/indicacao_194.10.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 194/10 - INDICO, OUVIDO O PLENÁRIO, AO SR. PREFEITO MUNICIPAL, SEJA REGULARIZADA A RUA DAS BANANEIRAS, NA LOCALIDADE DO ANGICO, APÓS A FÁBRICA DE CHUTEIRAS, ENTRANDO PELO ANTIGO TRAÇADO DA RS 122._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1970/indicacao_197.10.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1970/indicacao_197.10.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 197/10 - O VEREADOR ABAIXO ASSINADO, INDICA AO PODER EXECUTIVO, QUE SEJAM COLOCADOS DOIS QUEBRA-MOLAS, NA RUA TAQUARI, BAIRRO VILA RICA, EM RAZÃO DA IMPRUDÊNCIA DE MOTORISTAS QUE TRAFEGAM NAQUELE LOCAL EM VELOCIDADE EXCESSIVA, COLOCANDO EM RISCO A INTEGRIDADE FÍSICA DE MORADORES E USUÁRIOS EM GERAL, EM ESPECIAL ÀS CRIANÇAS QUE USAM A REFERIDA VIA COMO CAMINHO PARA A ESCOLA JOSEFINA JACQUES NORONHA._x000D_
 AUTOR: CLÓVIS ALBERTO PIRES DUARTE.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2170/projeto.executivo_158.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2170/projeto.executivo_158.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 158/2010 - CM 01/10 - AUTORIZA O EXECUTIVO MUNICIPAL A CUSTEAR O PAGAMENTO DE TRANSFERÊNCIA DE PROPRIEDADE DOS VEÍCULOS PLACAS IDI-8589, IPC-1197 E IPC-1198, BEM COMO IMPOSTOS, TAXAS, SEGURO OBRIGATÓRIO, JUROS E MULTAS DE TRÂNSITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2019/projeto.executivo_001.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2019/projeto.executivo_001.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 001/2010 - CM 002/10 - CONCEDE SUBVENÇÃO SOCIAL À ASSOCIAÇÃO DE EMPRESAS DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2020/projeto.executivo_002.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2020/projeto.executivo_002.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 002/2010 - CM 003/10 - CONCEDE SUBVENÇÃO SOCIAL PARA A MANUTENÇÃO DAS ATIVIDADES DA SOCIEDADE CIVIL CORPO DE BOMBEIROS VOLUNTÁRIOS DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2021/projeto.executivo_003.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2021/projeto.executivo_003.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 003/2010 - CM 004/10 - CONCEDE SUBVENÇÃO SOCIAL À ASSOCIAÇÃO ESCOLA DOS DEFICIENTES VISUAIS DO VALE DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2022/projeto.executivo_004.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2022/projeto.executivo_004.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 004/2010 - CM 005/10 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O CÍRCULO DE MÁQUINAS DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2023/projeto.executivo_005.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2023/projeto.executivo_005.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 005/2010 - CM 006/10 - DISPÕE SOBRE O FORNECIMENTO DE CARTA DE HABITE-SE NO ÂMBITO DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2024/projeto.executivo_006.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2024/projeto.executivo_006.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 006/2010 - CM 007/10 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 556.458, 26 (QUINHENTOS E CINQUENTA E SEIS MIL, QUATROCENTOS E CINQUENTA E SEIS REAIS E VINTE E SEIS CENTAVOS).</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2025/projeto.executivo_007.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2025/projeto.executivo_007.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 007/2010 - CM 008/10 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO, COM A ASSOCIAÇÃO CONGREGAÇÃO SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2026/projeto.executivo_008.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2026/projeto.executivo_008.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 008/2010 - CM 009/10 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO, COM A ASSOCIAÇÃO CONGREGAÇÃO SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2027/projeto.executivo_009.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2027/projeto.executivo_009.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 009/2010 - CM 010/10 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO, COM A ASSOCIAÇÃO CONGREGAÇÃO SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2028/projeto.executivo_010.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2028/projeto.executivo_010.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 010/2010 - CM 011/10 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 193.000,00 (CENTO E NOVENTA E TRÊS MIL REAIS) PARA AQUISIÇÃO DE IM MICRO-ÔNIBUS.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2029/projeto.executivo_011.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2029/projeto.executivo_011.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 011/2010 - CM 012/10 - AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL NO VALOR DE R$ 42.000,00 (QUARENTA E DOIS MIL REAIS ) E A FIRMAR CONVÊNIO COM A APAE PARA O ATENDIMENTO DE CRIANÇAS EXCEPCIONAIS RESIDENTES NO TERRITÓRIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2030/projeto.executivo_012.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2030/projeto.executivo_012.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 012/2010 - CM 013/10 - AUTORIZA O EXECUTIVO MUNICIPAL A REPASSAR AOS AGENTES COMUNITÁRIOS DA SAÚDE INCENTIVO FINANCEIRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2031/projeto.executivo_013.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2031/projeto.executivo_013.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 013/2010 - CM 014/10 - AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL NO VALOR DE R$ 10.800,00 (DEZ MIL E OITOCENTOS REAIS) E CONCEDER SUBVENÇÃO SOCIAL A ASSOCIAÇÃO OBRA NOVA DE SÃO MIGUEL ARCANJO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2033/projeto.executivo_015.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2033/projeto.executivo_015.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 015/2010 - CM 015/10 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - ENGENHEIRO AGRÔNOMO - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2668/projeto.executivo_014.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2668/projeto.executivo_014.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 014/2010 - CM 16/10  CONCEDE AUXÍLIO FINANCEIRO NO VALOR DE R$ 50.000,00 (CINQUENTA MIL REAIS) À ASSOCIAÇÃO DOS AMIGOS DA FESTA DA BERGAMOTA - AMIMOTA, OBJETIVANDO A ORGANIZAÇÃO E PROMOÇÃO DA 18ª EDIÇÃO DA FESTA NACIONAL DA BERGAMOTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2035/projeto.executivo_017.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2035/projeto.executivo_017.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 017/2010 - CM 017/10 - INSTITUI CAMPANHA DE PREMIAÇÃO A CONSUMIDORES DO MUNICÍPIO PARA O EXERCÍCIO DE 2010 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2036/projeto.executivo_018.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2036/projeto.executivo_018.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 018/2010 - CM 018/10 - INSTITUI O CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO PARA O EXERCÍCIO DE 2010.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2037/projeto.executivo_019.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2037/projeto.executivo_019.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 019/2010 - CM 19/10 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - OPERÁRIO, PINTOR E OPERÁRIO ESPECIALIZADO - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2038/projeto.executivo_020.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2038/projeto.executivo_020.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 020/2010 - CM 020/10 - ALTERA O QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS CONSTANTES DO ART. 14 DA LEI Nº 2.600, DE 10 DE DEZEMBRO DE 2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2034/projeto.executivo_016.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2034/projeto.executivo_016.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 016/2010 - CM 021/10 - AUTORIZA O EXECUTIVO MUNICIPAL A DOAR IMÓVEL AO ESTADO DO RIO GRANDE DO SUL, PARA CONSTRUÇÃO DE UMA DELEGACIA DE POLÍCIA NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2039/projeto.executivo_021.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2039/projeto.executivo_021.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 021/2010 - CM 023/10 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - TÉCNICO EM ENFERMAGEM - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2040/projeto.executivo_022.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2040/projeto.executivo_022.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 022/2010 - CM 24/10 - CONCEDE SUBVENÇÃO SOCIAL AO CTG LAURO RODRIGUES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2043/projeto.executivo_023.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2043/projeto.executivo_023.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 023/2010 - CM 025/10 - CONCEDE SUBVENÇÃO SOCIAL À SOCIEDADE CULTURAL DOS  CONTADORES DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2046/projeto.executivo_024.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2046/projeto.executivo_024.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 024/2010 - CM 26/10 - ALTERA O NÚMERO DE VAGAS DO CARGO DE OPERÁRIO E FISCAL  MUNICIPAL, NO QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART. 3º DA LEI 2.600, DE 10 DE DEZEMBRO DE 2004, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2049/projeto.executivo_025.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2049/projeto.executivo_025.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 025/2010 - CM 027/10 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO DOS PRODUTORES E COMERCIANTES DE FLORES ORNAMENTAIS DO VALE DO CAÍ - CAÍFLORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2050/projeto.executivo_026.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2050/projeto.executivo_026.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 026/2010 - CM 028/10 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO COM A ASSOCIAÇÃO OBRA NOVA SÃO MIGUEL ARCANJO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2051/projeto.executivo_027.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2051/projeto.executivo_027.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 027/2010 - CM 029/10 - AUTORIZA A CONCESSÃO DE ISENÇÕES PARA IPTU E TAXA DE COLETA DE LIXO CONTANTES NO CÓDIGO TRIBUTÁRIO MUNICIPAL PARA O EXERCÍCIO DE 2010.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2052/projeto.executivo_028.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2052/projeto.executivo_028.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 028/2010 - CM 030/10 - AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O DISTRITO INDUSTRIAL DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2055/projeto.executivo_029.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2055/projeto.executivo_029.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 029/2010 - CM 032/2010 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - PROFESSOR HABILITAÇÃO EM INGLÊS - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2056/projeto.executivo_030.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2056/projeto.executivo_030.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 030/2010 - CM 033/10 - AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DO PRÉDIO DA ANTIGA ESCOLA MUNICIPAL IDALINA HESS À COMUNIDADE DESAFIO JOVEM GIDEÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2057/projeto.executivo_031.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2057/projeto.executivo_031.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 031/2010 - CM 39/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 140.896,99 (CENTO E QUARENTA MIL, OITOCENTOS E NOVENTA E SEIS REAIS E NOVENTA E NOVE CENTAVOS).</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2058/projeto.executivo_032.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2058/projeto.executivo_032.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 032/2010 - CM 040/10 - DISPÕE SOBRE A CRIAÇÃO DE CONSELHOS ESCOLARES NAS ESCOLAS PERTENCENTES AO SISTEMA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2059/projeto.executivo_033.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2059/projeto.executivo_033.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 033/2010 - CM 041/10 - ALTERA OS LIMITES DA ZONA ESPECIAL DE INTERESSE SOCIAL - ZEIS NA LOCALIDADE DA VILA SÃO MARTIM, EXPANDINDO-A  SOBRE A ZONA RESIDENCIAL -ZR, NOS TERMOS DOS MAPAS EM ANEXO AO PLANO DIRETOR DO MUNICÍPIO, CONFORME CONSTA NO ARTIGO  35 DA LEI Nº 2.802, DE 09 DE OUTUBRO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2060/projeto.executivo_034.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2060/projeto.executivo_034.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 034/2010 - CM 042/10 - CONCEDE UM AUXÍLIO FINANCEIRO NO VALOR DE R$ 4.500,00 (QUATRO MIL E QUINHENTOS REAIS) À ASSOCIAÇÃO DOS MORADORES DA VILA SÃO MARTIM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2061/projeto.executivo_035.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2061/projeto.executivo_035.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 035/2010 - CM 044/10 - ALTERA O NÚMERO DE VAGAS DO CARGO DE ENFERMEIRO, NO QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART. 3º DA LEI 2.600 DE 10 DE DEZEMBRO DE 2004, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2062/projeto.executivo_036.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2062/projeto.executivo_036.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 036/2010 - CM 045/10 - ALTERA PARA O PADRÃO 04 OS VENCIMENTOS DOS CARGOS DE JARDINEIRO, MERENDEIRA, OPERÁRIO, SERVENTE, VIGILANTE, GUARDA MUNICIPAL, ATENDENTE DE CRECHE, AUXILIAR DE EDUCAÇÃO INFANTIL, LAVADOR DE VEÍCULOS E OPERÁRIO ESPECIALIZADO, NO QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART. 3º DA LEI 2.600 DE 10 DE DEZEMBRO DE 2004, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2063/projeto.executivo_037.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2063/projeto.executivo_037.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 037/2010 - CM 046/10 - FIXA O VALOR DO VENCIMENTO BÁSICO DO AGENTE COMUNITÁRIO DE SAÚDE EM R$ 510.00 (QUINHENTOS E DEZ REAIS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2064/projeto.executivo_038.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2064/projeto.executivo_038.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 038/2010 - CM 047/10 - AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER REAJUSTE DE VENCIMENTOS E SALÁRIOS AOS SERVIDORES PÚBLICOS MUNICIPAIS, ATIVOS, INATIVOS E PENSIONISTAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2065/projeto.executivo_039.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2065/projeto.executivo_039.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 039/2010 - CM 048/10 - AUTORIZA O EXECUTIVO MUNICIPAL A ALTERAR CARGA HORÁRIA DE ASSISTENTES SOCIAIS E A REMUNERÁ-LOS PROPORCIONALMENTE PELAS HORAS TRABALHADAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2172/projeto.049.mesa.subsidio_prefeito.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2172/projeto.049.mesa.subsidio_prefeito.ok.pdf</t>
   </si>
   <si>
     <t>CM 049/10 - REAJUSTA NO MÊS DE ABRIL DE 2010 OS SUBSÍDIOS DO PREFEITO MUNICIPAL E DO VICE-PREFEITO.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2173/projeto.050.mesa.subsidio_secretarios.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2173/projeto.050.mesa.subsidio_secretarios.ok.pdf</t>
   </si>
   <si>
     <t>CM 050/10 - REAJUSTA NO MÊS DE ABRIL DE 2010 O SUBSÍDIO DOS SECRETÁRIOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2174/projeto.051.mesa.subsidio_vereadores.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2174/projeto.051.mesa.subsidio_vereadores.ok.pdf</t>
   </si>
   <si>
     <t>CM 051/10 - REAJUSTA NO MÊS DE ABRIL DE 2010 O SUBSÍDIO DOS VEREADORES.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2175/projeto.052.mesa.resolucao.reajusta_vencimentos_LUOa1pS.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2175/projeto.052.mesa.resolucao.reajusta_vencimentos_LUOa1pS.pdf</t>
   </si>
   <si>
     <t>CM 052/10 - REAJUSTA AS TABELAS DE VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2066/projeto.executivo_040.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2066/projeto.executivo_040.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 040/2010 - CM 055/10 - AUTORIZA O EXECUTIVO MUNICIPAL RECEBER EM DOAÇÃO ÁREA DE TERRA PARA SISTEMA VIÁRIO - RUA "A" - NO LOTEAMENTO TERRA NOVA - BAIRRO QUILOMBO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2067/projeto.executivo_041.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2067/projeto.executivo_041.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM  041/2010 - CM 056/10 - CONCEDE UM AUXÍLIO FINANCEIRO NO VALOR DE R$ 1.100,00 (HUM MIL E CEM REAIS) À ASSOCIAÇÃO CAIENSE DE ORQUIDÓFILOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2068/projeto.executivo_042.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2068/projeto.executivo_042.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 042/2010 - CM 057/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 5.532,00 (CINCO MIL, QUINHENTOS E TRITA E DOIS REAIS).</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2075/projeto.executivo_049.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2075/projeto.executivo_049.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 049/2010 - CM 060/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 50.000,00 (CINQUENTA MIL REAIS).</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2069/projeto.executivo_043.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2069/projeto.executivo_043.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 043/2010 - CM 61/10 - CONCEDE AUXÍLIO FINANCEIRO NO VALOR DE R$ 130.565,00 (CENTO E TRINTA MIL, QUINHENTOS E SESSENTA E CINCO REAIS) À ASSOCIAÇÃO DOS AMIGOS DA FESTA DA BERGAMOTA - AMIMOTA, OBJETIVANDO A ORGANIZAÇÃO E PROMOÇÃO DA 18º EDIÇÃO DA FESTA NACIONAL DA BERGAMOTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2070/projeto.executivo_044.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2070/projeto.executivo_044.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 044/2010 - CM 064/10 - AUTORIZA A CONCESSÃO DE ISENÇÕES PARA TABELA DE LANÇAMENTO E COBRANÇA DA TAXA DE LICENÇA PARA EXECUÇÃO DE OBRAS E SERVIÇOS DE ENGENHARIA EM PROJETOS DE HABITAÇÃO DE INTERESSE SOCIAL EM ZONAS ESPECIAIS DE INTERESSE SOCIAL - ZEIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2072/projeto.executivo_046.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2072/projeto.executivo_046.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 046/2010 - CM 065/10 - CONCEDE UM AUXÍLIO FINANCEIRO NO VALOR DE R$ 55.366,72 (CINQUENTA E CINCO MIL, TREZENTOS E SESSENTA E SEIS REAIS E SETENTA E DOIS CENTAVOS) À ASSOCIAÇÃO CONGREGAÇÃO SANTA CATARINA - HOSPITAL SAGRADA FAMÍLIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2073/projeto.executivo_047.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2073/projeto.executivo_047.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 047/2010 - CM 066/10 - ALTERA REDAÇÃO DO ARTIGO 114 DA LEI MUNICIPAL Nº 2.312, DE 28 DE DEZEMBRO DE 2001, REGIME JURÍDICO ÚNICO DOS SERVIDORES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2074/projeto.executivo_048.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2074/projeto.executivo_048.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 048/2010 - CM 067/10 - PASSA A FAZER PARTE DO DISTRITO INDUSTRIAL DE SÃO SEBASTIÃO DO CAÍ TRECHO DA ESTRADA DO CAMPESTRE DE SANTA TERESINHA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2071/projeto.executivo_045.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2071/projeto.executivo_045.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 045/2010 -CM 068/10 - DISPÕE SOBRE O ESTÁGIO DE ESTUDANTES EM ÓRGÃOS DA ADMINISTRAÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2076/projeto.executivo_050.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2076/projeto.executivo_050.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 050/2010 - CM 070/10 - ALTERA A REDAÇÃO DO ANEXO I DA LEI MUNICIPAL Nº 3.080, DE 22 DE SETEMBRO DE 2009, QUE CRIA O CARGO DE MONITOR DE EDUCAÇÃO INFANTIL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2077/projeto.executivo_051.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2077/projeto.executivo_051.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 051/2010 - CM 071/10 - ALTERA A REDAÇÃO DO ARTIGO PRIMEIRO DA LEI MUNICIPAL Nº 2.635, DE 11 DE MARÇO DE 2005, QUE CRIA EMPREGOS DESTINADOS A ATENDER AO PROGRAMA DE SAÚDE DA FAMÍLIA E OUTROS, VINCULADO AO SUS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2078/projeto.executivo_052.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2078/projeto.executivo_052.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 052/2010 - CM 072/10 - ALTERA A REDAÇÃO DO ARTIGO 42 DA LEI 2.923/08, DE 04 DE ABRIL DE 2008, JÁ ALTERADO PELA LEI 2.935, DE 16 DE MAIO DE 2008 E DÁ  PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2079/projeto.executivo_053.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2079/projeto.executivo_053.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 053/2010 - CM 073/10 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - MONITOR DE EDUCAÇÃO INFANTIL - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2080/projeto.executivo_054.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2080/projeto.executivo_054.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 054/2010 - CM 074/10 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - ODONTÓLOGO - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2176/projeto.075.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2176/projeto.075.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 075/10 - DÁ A DENOMINAÇÃO DE "RUA LEOPOLDO OTTMAR SCHNEIDER" À VIA PÚBLICA QUE DÁ ACESSO À OLARIA SCHNEIDER, NO BAIRRO RIO BRANCO, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2177/projeto.076.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2177/projeto.076.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 076/10 - DÁ A DENOMINAÇÃO DE "RUA VIVALDINO DA SILVA" À VIA PÚBLICA SITUADA JUNTO AO FABRI SHOPPING, NA LOCALIDADE DE LAJEADINHO, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2178/projeto.077.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2178/projeto.077.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 077/10 - DÁ A DENOMINAÇÃO DE "ACESSO DAS FLORES" AO TRECHO EXISTENTE ENTRE A ESTRADA SÃO SEBASTIÃO DO CAÍ - SÃO JOSÉ DO HORTÊNCIO, NA LOCALIDADE DE CHAPADÃO, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2081/projeto.executivo_055.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2081/projeto.executivo_055.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM -55/2010 - CM 078/10 - REVOGA A LEI Nº 3.033, DE 28 DE ABRIL DE 2009, QUE INSTITUI O PAGAMENTO DE PARCELA INDENIZATÓRIA PARA OS AGENTES COMUNITÁRIOS DE SAÚDE.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2082/projeto.executivo_056.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2082/projeto.executivo_056.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 056/2010 - CM 079/10 - ALTERA O ANEXO II - QUADRO DE USOS DA LEI Nº 2.969, DE 19 DE DEZEMBRO DE 2008, QUE DISPÕE SOBRE O DETALHAMENTO  DE CONTROLE DAS EDIFICAÇÕES.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2083/projeto.executivo_057.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2083/projeto.executivo_057.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 057/2010 - CM 080/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 1.836,91 (HUM MIL, OITOCENTOS E TRINTA E SEIS REAIS E NOVENTA E UM CENTAVOS).</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2084/projeto.executivo_058.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2084/projeto.executivo_058.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 058/2010 - CM 081/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 450.000,00 (QUATROCENTOS E CINQUENTA MIL REAIS).</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2085/projeto.executivo_059.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2085/projeto.executivo_059.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 059/2010 - CM 082/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 48. 362,22 (QUARENTA E OITO MIL, TREZENTOS E SESSENTA E DOIS REAIS E VINTE E DOIS CENTAVOS).</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2086/projeto.executivo_060.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2086/projeto.executivo_060.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 060/2010 - CM 083/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR R$ 13.935,00 (TREZE MIL E NOVECENTOS E TRINTA E CINCO REAIS).</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2087/projeto.executivo_061.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2087/projeto.executivo_061.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 061/2010 - CM 084/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 13.935,00 (TREZE MIL E NOVECENTOS E TRINTA E CINCO REAIS).</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2088/projeto.executivo_062.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2088/projeto.executivo_062.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 062/2010 - CM 085/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 17.602,35 (DEZESSETE MIL, SEISCENTOS E DOIS REAIS E TRINTA E CINCO CENTAVOS).</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2089/projeto.executivo_063.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2089/projeto.executivo_063.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 063/2010 - CM 086/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 18.900,00 (DEZOITO MIL E NOVECENTOS REAIS).</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2090/projeto.executivo_064.2010.ok_oqGf1R5.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2090/projeto.executivo_064.2010.ok_oqGf1R5.pdf</t>
   </si>
   <si>
     <t>PM 064/2010 - CM 091/10 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - PROFESSOR - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2091/projeto.executivo_065.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2091/projeto.executivo_065.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 065/2010 - CM 92/10 - CRIA A UNIDADE ORÇAMENTÁRIA 06.07 - FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL E ABRE  CRÉDITO ESPECIAL DE R$ 11.500,00 (ONZE MIL E QUINHENTOS REAIS) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2098/projeto.executivo_066.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2098/projeto.executivo_066.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 066/2010 - CM 093/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 1.520,25 (HUM MIL, QUINHENTOS E VINTE REAIS E VINTE E CINCO CENTAVOS).</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2099/projeto.executivo_067.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2099/projeto.executivo_067.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 067/2010 - CM 094/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 3.565,35 (TRÊS MIL, QUINHENTOS E SESSENTA E CINCO REAIS E TRINTA E CINCO CENTAVOS).</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2116/projeto.executivo_068.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2116/projeto.executivo_068.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 068/2010 - CM 095/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL NO VALOR DE R$ 24.498,00 (VINTE E QUATRO MIL E QUATROCENTOS E NOVENTA E OITO REAIS).</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2100/projeto.executivo_069.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2100/projeto.executivo_069.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 069/2010 - CM 097/10 - PROÍBE O CONSUMO DE CIGARRO, CIGARRILHAS, CHARUTO, CACHIMBO OU QUALQUER OUTRO PRODUTO FUMÍGENO, DERIVADO OU NÃO DO TABACO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2101/projeto.executivo_070.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2101/projeto.executivo_070.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 070/2010 - CM 098/10 - PROÍBE A VENDA DE BEBIDAS ALCOÓLICAS AOS MENORES DE IDADE NO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2102/projeto.executivo_071.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2102/projeto.executivo_071.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 071/2010 - CM 099/10 - ALTERA A REDAÇÃO DO ARTIGO 1º DA LEI MUNICIPAL  Nº 1.467, DE 12 DE ABRIL DE 1991, QUE CRIA O MUSEU MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2103/projeto.executivo_072.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2103/projeto.executivo_072.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 072/2010 - CM 100/10 - INSTITUI NA REDE MUNICIPAL DE ENSINO, A EDUCAÇÃO FISCAL COMO TEMA A SER INSERIDO NAS DISCIPLINAS ESCOLARES DO ENSINO FUNDAMENTAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2104/projeto.executivo_073.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2104/projeto.executivo_073.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 073/2010 - CM 102/10 - AUTORIZA O EXECUTIVO MUNICIPAL A CONSOLIDAR DADOS E FIRMAR PARCELAMENTO DE DÉBITOS COM A RECEITA FEDERAL DO BRASIL, PROVENIENTE DE AUTO DE INFRAÇÃO RELACIONADO À CONTRIBUIÇÃO DO PASEP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2105/projeto.executivo_074.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2105/projeto.executivo_074.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 074/2010 - CM 104/10 - CONCEDE UM AUXÍLIO FINANCEIRO NO VALOR DE R$ 25.274,79 (VINTE E CINCO MIL, DUZENTOS E SETENTA E QUATRO REAIS E SETENTA E NOVE CENTAVOS) À ASSOCIAÇÃO CONGREGAÇÃO SANTA CATARINA  - HOSPITAL SAGRADA FAMÍLIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2107/projeto.executivo_075.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2107/projeto.executivo_075.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 075/2010 - CM 105/10 - AUTORIZA O EXECUTIVO MUNICIPAL A ALIENAR ATRAVÉS DE LEILÃO, VEÍCULOS E BENS INSERVÍVEIS DE PROPRIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2110/projeto.executivo_077.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2110/projeto.executivo_077.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 077/2010 - CM 106/10 - AUTORIZA O EXECUTIVO MUNICIPAL RECEBER EM DOAÇÃO ÁREA DE TERRAS NO BAIRRO QUILOMBO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2111/projeto.executivo_078.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2111/projeto.executivo_078.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 078/2010 - CM 107/10 - AUTORIZA O EXECUTIVO MUNICIPAL RECEBER EM DOAÇÃO ÁREAS DE TERRA NO BAIRRO QUILOMBO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2109/projeto.executivo_076.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2109/projeto.executivo_076.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 076/2010 - CM 108/10 - CRIA GRATIFICAÇÃO ESPECIAL POR ATIVIDADE PARA OS MOTORISTAS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, CULTURA E DESPORTO QUE EXERÇAM SUAS FUNÇÕES NO TRANSPORTE ESCOLAR,  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2112/projeto.executivo_079.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2112/projeto.executivo_079.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 079/2010 - CM 109/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 4.500,00 ( QUATRO MIL E QUINHENTOS REAIS).</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2113/projeto.executivo_080.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2113/projeto.executivo_080.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 080/2010 - CM 110/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 14.617,75 (QUATORZE MIL, SEISCENTOS E DEZESSETE REAIS E SETENTA E CINCO CENTAVOS).</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2114/projeto.executivo_081.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2114/projeto.executivo_081.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 081/2010 - CM 111/10 - ALTERA A REDAÇÃO DO INCISO III, DO ARTIGO 3º, DA LEI MUNICIPAL 2.350, DE 10 DE MAIO DE 2002, QUE INSTITUI O FUNDO DE APOSENTADORIA E PENSÕES - FAP.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2115/projeto.executivo_082.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2115/projeto.executivo_082.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 082/2010 - CM 112/10 - DISPÕE SOBRE O CONSELHO DE ALIMENTAÇÃO ESCOLAR - CAE - NO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2117/projeto.executivo_083.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2117/projeto.executivo_083.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 083/2010 - CM 113/10 - ESTABELECE A ESTRUTURA ADMINISTRATIVA BÁSICA DO EXECUTIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2118/projeto.executivo_084.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2118/projeto.executivo_084.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 084/2010 - CM 114/10 - ALTERA O QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS CONSTANTES DO ART. 14 DA LEI Nº 2.600, DE 10 DE DEZEMBRO DE 2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2122/projeto.executivo_085.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2122/projeto.executivo_085.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 085/2010 - CM 116/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 78.400,00 (SETENTA E OITO MIL E QUATROCENTOS REAIS).</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2123/projeto.executivo_086.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2123/projeto.executivo_086.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 086/2010 - CM 117/10 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - MONITOR DE EDUCAÇÃO INFANTIL - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2124/projeto.executivo_087.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2124/projeto.executivo_087.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 087/2010 - CM 118/10 - ALTERA A REDAÇÃO DO ARTIGO 100, INCISO II E ARTIGO 214 DA LEI MUNICIPAL Nº 3.133, DE 22 DE DEZEMBRO DE 2009, QUE DISPÕE SOBRE O CÓDIGO DE POSTURAS DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2125/projeto.executivo_088.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2125/projeto.executivo_088.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 088/2010 - CM 119/10 - AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DE ÁREA NO PARQUE CENTENÁRIO AO GRUPO ESCOTEIRO TAQUATÓ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2127/projeto.executivo_089.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2127/projeto.executivo_089.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 089/2010 - CM 120/10 - ALTERA A REDAÇÃO DO ARTIGO 45 DA LEI 2.923/08, DE 04 DE ABRIL DE 2008, JÁ ALTERADO PELA LEI 2.935, DE 16 DE MAIO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2128/projeto.executivo_090.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2128/projeto.executivo_090.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 090/2010 - CM 121/10 - ALTERA A REDAÇÃO DO INCISO I DO ART. 35 DA LEI 2.802/06, QUE DEFINE O PERÍMETRO URBANO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2129/projeto.executivo_091.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2129/projeto.executivo_091.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 091/2010 - CM 0122/10 - REGULA O TRÂNSITO DE VEÍCULOS PESADOS NA ÁREA CENTRAL DA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2130/projeto.executivo_092.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2130/projeto.executivo_092.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 092/2010 - CM 124/10 - AUTORIZA O PODER EXECUTIVO A CONCEDER INCENTIVO À EMPRESA GUILHERME STAUDT E CIA LTDA., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2131/projeto.executivo_093.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2131/projeto.executivo_093.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 093/2010 - CM 125/10 - AUTORIZA O EXECUTIVO MUNICIPAL RECEBER EM DOAÇÃO ÁREA DE TERRAS NA VILA SÃO MARTIM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2132/projeto.executivo_094.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2132/projeto.executivo_094.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 094/2010 - CM 126/10 - ALTERA O NÚMERO DE VAGAS DO CARGO DE MERENDEIRA, ATRAVÉS DE NOVA REDAÇÃO AO ARTIGO 1º DA LEI  2823 DE 19 DE JANEIRO DE 2007, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2133/projeto.executivo_095.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2133/projeto.executivo_095.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 095/2010 - CM 127/10 - AUTORIZA O EXECUTIVO MUNICIPAL A TOMAR PROVIDÊNCIAS DE ESTILO PARA QUE SEJA OPERADA A CORREÇÃO DE DIVISAS ENTRE O MUNICÍPIO  DE SÃO SEBASTIÃO DO CAÍ E CAPELA DE SANTANA, NA ALTURA DA VILA SÃO MARTIM E ADJACÊNCIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2134/projeto.executivo_096.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2134/projeto.executivo_096.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 096/2010 - CM 132/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 38.000,00 (TRINTA E OITO MIL REAIS).</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/</t>
   </si>
   <si>
     <t>PM 097/2010 - CM 133/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 20.000,00 (VINTE MIL REAIS).</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2136/projeto.executivo_098.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2136/projeto.executivo_098.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 098/2010 - CM 138/10 - DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIROS DE 2011.</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2696/projeto.executivo_099.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2696/projeto.executivo_099.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 099/2010 - CM 139/10 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - MONITOR DE EDUCAÇÃO INFANTIL E SERVENTE - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2697/projeto.executivo_100.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2697/projeto.executivo_100.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 100/2010 - CM 142/10 - ALTERA A REDAÇÃO DOS ARTIGOS 3º E 7º, DA LEI MUNICIPAL 1.844, DE 04 DE AGOSTO DE 1995, QUE INSTITUI O CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2698/projeto.executivo_101.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2698/projeto.executivo_101.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 101/2010 - CM 143/10 - ALTERA A REDAÇÃO DO ARTIGO 3º DA LEI MUNICIPAL 1888, DE 09 DE FEVEREIRO DE 1996, QUE CRIA O FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2699/projeto.executivo_102.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2699/projeto.executivo_102.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 102/2010 - CM CM 144/10 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - PROFESSOR - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2700/projeto.executivo_103.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2700/projeto.executivo_103.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 103/2010 - CM 145/10 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - PSICÓLOGO - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2137/projeto.executivo_104.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2137/projeto.executivo_104.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 104/2010 - CM 146/10 - ESTABELECE O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO, CONSOLIDA A LEGISLAÇÃO TRIBUTÁRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2138/projeto.executivo_105.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2138/projeto.executivo_105.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 105/2010 - CM 148/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 500.000,00 (QUINHENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2139/projeto.executivo_106.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2139/projeto.executivo_106.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 106/2010 - CM 149/10 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - SERVENTE - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2140/projeto.executivo_107.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2140/projeto.executivo_107.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 107/2010 - CM 153/10 - AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXÍLIO FINANCEIRO A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE SÃO SEBASTIÃO DO CAÍ, PARA FINS ESPECÍFICOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2141/projeto.executivo_108.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2141/projeto.executivo_108.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 108/2010 - CM 156/10 - INSTITUI O CONSELHO MUNICIPAL DE CULTURA DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2185/projeto.157.cleber.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2185/projeto.157.cleber.ok.pdf</t>
   </si>
   <si>
     <t>CM 157/10 - INSTITUI O ESTATUTO DA JUVENTUDE E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 AUTOR: CLEBER BALCH SCHRÖEDER</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2142/projeto.executivo_109.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2142/projeto.executivo_109.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 109/2010 - CM 158/10 - CONCEDE AUXÍLIO FINANCEIRO NO VALOR DE R$ 250.000,00 (DUZENTOS E CINQUENTA MIL REAIS) À ASSOCIAÇÃO DOS AMIGOS DA FESTA DA BERGAMOTA - AMIMOTA, OBJETIVANDO AUXILIAR NAS DESPESAS INERENTES À 18º EDIÇÃO DA FESTA NACIONAL DA BERGAMOTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2186/projeto.159.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2186/projeto.159.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 159/10 - DÁ A DENOMINAÇÃO DE "RUA JOÃO PEDRO FERNANDES" A UMA VIA PÚBLICA LOCALIZADA NA VILA PIRES, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2143/projeto.executivo_110.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2143/projeto.executivo_110.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 110/2010 - CM 164/10 - DISPÕE SOBRE A PERCEPÇÃO DE HONORÁRIOS DE SUCUMBÊNCIA PELO ADVOGADO QUE REPRESENTA O MUNICÍPIO EM JUÍZO.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2144/projeto.executivo_111.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2144/projeto.executivo_111.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 111/10 - CM 165/10 - ALTERA O ANEXO II -  QUADRO DE USOS DA LEI Nº 2969, DE 19 DE DEZEMBRO DE 2008, QUE DISPÕE SOBRE O DETALHAMENTO DE CONTROLE DAS EDIFICAÇÕES.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2145/projeto.executivo_112.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2145/projeto.executivo_112.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 112/2010 - CM 166/10 - CONCEDE REDUÇÃO PARCIAL DE ENCARGOS NAS CONDIÇÕES EM QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2187/projeto.167.oneide.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2187/projeto.167.oneide.ok.pdf</t>
   </si>
   <si>
     <t>CM 167/10 - TORNA OBRIGATÓRIO NAS EDIFICAÇÕES COM MAIS DE 80 M² A COLETA DAS ÁGUAS DA CHUVA, E SEU DEVIDO ARMAZENAMENTO EM SISTEMA DE CISTERNAS OU CAIXAS D'ÁGUA._x000D_
 AUTOR: VER. ONEIDE SMIT</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2188/projeto.168.oneide.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2188/projeto.168.oneide.ok.pdf</t>
   </si>
   <si>
     <t>CM 168/10 - ABRE VAGAS DE ESTACIONAMENTO NOS TERRENOS BALDIOS EXISTENTES NA ÁREA CENTRAL DA CIDADE, NO QUADRILÁTERO FORMADO PELAS RUAS JOÃO PEREIRA, ANDRADE NEVES, CEL GUIMARÃES E MAL. FLORIANO PEIXOTO, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. ONEIDE SMIT</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2189/projeto.169.cesar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2189/projeto.169.cesar.ok.pdf</t>
   </si>
   <si>
     <t>CM 169/10 - DENOMINA DE RUA SANTAREM O LOGRADOURO PÚBLICO LOCALIZADO NA COMUNIDADE DE PASSO DA TAQUARA, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. CÉSAR DOS SANTOS</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2190/projeto.170.cesar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2190/projeto.170.cesar.ok.pdf</t>
   </si>
   <si>
     <t>CM 170/10 - DENOMINA DE RUA GABRIEL NASCIMENTO O LOGRADOURO PÚBLICO LOCALIZADO NA COMUNIDADE DE PASSO DA TAQUARA, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. CÉSAR DOS SANTOS</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2191/projeto.171.cesar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2191/projeto.171.cesar.ok.pdf</t>
   </si>
   <si>
     <t>CM 171/10 - DENOMINA DE RUA ABRILINO RODRIGUES DA SILVA O LOGRADOURO PÚBLICO LOCALIZADO NA COMUNIDADE DE PASSO DA TAQUARA, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. CÉSAR DOS SANTOS</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2146/projeto.executivo_113.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2146/projeto.executivo_113.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 113/2010 - CM 173/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 31.846,19 ( TRINTA E UM MIL, OITOCENTOS E QUARENTA E SEIS REAIS E DEZENOVE CENTAVOS).</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2147/projeto.executivo_114.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2147/projeto.executivo_114.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 114/2010 - CM 174/10 - ISENTA DO PAGAMENTO DE IPTU AS RESIDÊNCIAS LOCADAS PELA PREFEITURA PARA ASSENTAMENTO DAS FAMÍLIAS RESIDENTES EM ÁREA DE RISCO.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2148/projeto.executivo_115.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2148/projeto.executivo_115.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 115/2010 - CM 175/10 - INSTITUI O PRODAP - PROGRAMA DE DESENVOLVIMENTO AGROPECUÁRIO DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2149/projeto.executivo_116.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2149/projeto.executivo_116.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 116/2010 - CM 176/10 - DISPÕE SOBRE O REGIME DE ADIANTAMENTO DE NUMERÁRIO AOS SERVIDORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2150/projeto.executivo_117.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2150/projeto.executivo_117.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 117/2010 - CM 177/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 15.000,00 (QUINZE MIL REAIS).</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2192/projeto.178.mesa.altera_cod_posturas.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2192/projeto.178.mesa.altera_cod_posturas.ok.pdf</t>
   </si>
   <si>
     <t>CM 178/10 - ALTERA O ART. 104 DA LEI Nº 3.133, DE 22 DE DEZEMBRO DE 2009, QUE DISPÕE SOBRE O CÓDIGO DE POSTURAS DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2193/projeto.179.oneide.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2193/projeto.179.oneide.ok.pdf</t>
   </si>
   <si>
     <t>CM 179/10 - DISPÕE SOBRE A POLUIÇÃO VISUAL NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 AUTOR: VER. ONEIDE SMIT</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2151/projeto.executivo_118.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2151/projeto.executivo_118.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 118/2010 - CM 180/10 - INSTITUI O CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL - CRAS TRAVESSIA DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2152/projeto.executivo_119.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2152/projeto.executivo_119.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 119/2010 - CM 181/10 - DISPÕE SOBRE O PAGAMENTO PARCELADO E COBRANÇA DE CRÉDITOS TRIBUTÁRIOS E NÃO TRIBUTÁRIOS, INSCRITOS OU NÃO EM DIVIDA ATIVA, NOS TERMOS DO ART. 203 DA LEI MUNICIPAL 3.244/10, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2153/projeto.executivo_120.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2153/projeto.executivo_120.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 120/2010 - CM 185/10 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - VIGILANTE - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2194/projeto.186.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2194/projeto.186.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 186/10 - ALTERA A REDAÇÃO DOS ARTIGOS 105 E 108 DA LEI Nº 3.133, DE 22 DE DEZEMBRO DE 2009, QUE DISPÕE SOBRE O CÓDIGO DE POSTURAS DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2154/projeto.executivo_121.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2154/projeto.executivo_121.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 121/2010 - CM 189/10 - INSTITUI O CENTRO DE REFERÊNCIA ESPECIALIZADO DE ASSISTÊNCIA SOCIAL - CREAS DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2155/projeto.executivo_122.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2155/projeto.executivo_122.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 122/2010 - CM 190/10 - CONCEDE UM AUXÍLIO FINANCEIRO NO VALOR DE R$ 29.820,26 (VINTE E NOVE MIL, OITOCENTOS E VINTE REAIS E VINTE E SEIS CENTAVOS) À ASSOCIAÇÃO CONGREGAÇÃO SANTA CATARINA - HOSPITAL SAGRADA FAMÍLIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2156/projeto.executivo_123.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2156/projeto.executivo_123.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 123/2010 - CM 191/10 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO COM A ASSOCIAÇÃO BENEFICENTE SÃO PEDRO CANISIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2157/projeto.executivo_124.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2157/projeto.executivo_124.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 124/2010 - CM 192/10 - AUTORIZA O EXECUTIVO MUNICIPAL A ADITIVAR CONVÊNIO COM O CÍRCULO DE MÁQUINAS DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2158/projeto.executivo_125.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2158/projeto.executivo_125.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 125/2010 - CM 193/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 34.752,56 (TRINTA E QUATRO MIL, SETECENTOS E CINQUENTA E DOIS REAIS E CINQUENTA E DOIS CENTAVOS).</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2159/projeto.executivo_126.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2159/projeto.executivo_126.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 126/2010 - CM 195/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 1.423,00 (HUM MIL, QUATROCENTOS E VINTE E TRÊS REAIS).</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2160/projeto.executivo_127.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2160/projeto.executivo_127.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 127/2010 - CM 196/10 - ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ PARA O EXERCÍCIO FINANCEIRO DE 2011.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2161/projeto.executivo_128.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2161/projeto.executivo_128.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 128/2010 - CM 198/10 - AUTORIZA O EXECUTIVO MUNICIPAL A UTILIZAR O MONTANTE DE R$ 58.081,56 (CINQUENTA E OITO MIL E OITENTA E UM REAIS E CINQUENTA E SEIS CENTAVOS) PROVENIENTE DE ALIENAÇÃO DE BENS PERMANENTES PARA AQUISIÇÃO DE BENS DE CAPITAL, CONTRIBUIÇÕES E DÉBITOS PREVIDENCIÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2162/projeto.executivo_129.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2162/projeto.executivo_129.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 129/2010 - CM 199/10 - ALTERA A REDAÇÃO DOS ARTIGOS 108 DA LEI Nº 3.133, DE 22 DE DEZEMBRO DE 2009, QUE DISPÕE SOBRE O CÓDIGO DE POSTURAS DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2163/projeto.executivo_130.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2163/projeto.executivo_130.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 130/2010 - CM 200/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 7.977,00 (SETE MIL, NOVECENTOS E SETENTA E SETE REAIS).</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2164/projeto.executivo_131.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2164/projeto.executivo_131.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 131/2010 - CM 201/10 - AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DE ÁREA DE TERRAS À ASSOCIAÇÃO OBRA NOVA DE SÃO MIGUEL ARCANJO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2165/projeto.executivo_132.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2165/projeto.executivo_132.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 132/2010 - CM 202/10 - AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 750,00 (SETECENTOS E CINQUENTA REAIS).</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2166/projeto.executivo_133.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2166/projeto.executivo_133.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 133/2010 - CM 203/10 - AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DA INCUBADORA INDUSTRIAL, ESTABELECE REGRAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2167/projeto.executivo_134.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2167/projeto.executivo_134.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 134/2010 - CM 204/10 - REVOGA A LEI Nº 3.256, DE 26 DE OUTUBRO DE 2010, QUE AUTORIZOU A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 15.000,00 (QUINZE MIL REAIS).</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2168/projeto.executivo_135.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2168/projeto.executivo_135.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 135/2010 - CM 205/10 - AUTORIZA O EXECUTIVO MUNICIPAL A IMPLANTAR O REGIME DE COMPENSAÇÃO DE HORAS DOS SERVIDORES NO ÂMBITO DA ADMINISTRAÇÃO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2169/projeto.executivo_136.2010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2169/projeto.executivo_136.2010.ok.pdf</t>
   </si>
   <si>
     <t>PM 136/2010 - CM 206/10 - ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ PARA O EXERCÍCIO FINANCEIRO DE 2011.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2179/projeto.115.mesa.resolucao.transferencia_bens.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2179/projeto.115.mesa.resolucao.transferencia_bens.ok.pdf</t>
   </si>
   <si>
     <t>CM 115/10 - AUTORIZA A TRANSFERÊNCIA DE VÁRIOS BENS PATRIMONIAIS PARA A PREFEITURA MUNICIPAL DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2180/projeto.128.mesa.resolucao.transferencia_bens.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2180/projeto.128.mesa.resolucao.transferencia_bens.ok.pdf</t>
   </si>
   <si>
     <t>CM 128/10 - AUTORIZA A TRANSFERÊNCIA DO BEM PATRIMONIAL Nº 5049, VENTILADOR DE TETO MARCA MATHAU COM 03 PÁS EM METAL, PARA A PREFEITURA MUNICIPAL DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1994/requerimento_031.10.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1994/requerimento_031.10.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 031/10 - O VEREADOR ABAIXO ASSINADO PROPÕE QUE, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO OFÍCIO À EMPRESA DE TELECOMUNICAÇÕES OI SOLICITANDO A INSTALAÇÃO DE TELEFONE PÚBLICO DO TIPO "ORELHÃO" NO LOTEAMENTO ANGICO, ANTIGO TRAÇADO DA RS 122, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1995/requerimento_035.10.roque.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1995/requerimento_035.10.roque.ok.pdf</t>
   </si>
   <si>
     <t>CM 035/10 - O VEREADOR ABAIXO ASSINADO PROPÕE QUE, OUVIDO O PLENÁRIO, SEJA ENVIADO OFÍCIO À EMPRESA CAIENSE DE ÔNIBUS LTDA.,COM CÓPIA DO ABAIXO ASSINADO ANEXO, PARA QUE A MESMA APRESENTE UMA RESPOSTA A ESTA CASA LEGISLATIVA SOBRE A VIABILIDADE DE REIVINDICAÇÃO DOS MORADORES CAIENSES QUE SUBSCREVERAM O ABAIXO ASSINADO._x000D_
 AUTOR: ROQUE SCHRÖDER.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1999/requerimento_036.10.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1999/requerimento_036.10.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 036/10 - OS SIGNATÁRIOS DESTE, VEREADORES DA CÂMARA MUNICIPAL DE SÃO SEBASTIÃO DO CAÍ, REQUEREM, OUVIDO O PLENÁRIO, AO PODER EXECUTIVO MUNICIPAL, INFORMAÇÕES A SEGUIR ELENCADAS: LISTAGEM DOS CONCURSOS PÚBLICOS REALIZADOS NO MUNICÍPIO, NA GESTÃO ATUAL E NA GESTÃO ANTERIOR, QUE ESTÃO DENTRO DO PRAZO DE VALIDADE; NOMES DOS CONCURSADOS APROVADOS, CLASSIFICADOS E APTOS A OCUPAREM OS CARGOS PÚBLICOS QUE DISPUTAM; OU INFORMAR O ENDEREÇO ELETRÔNICO ONDE ESTAS INFORMAÇÕES ESTEJAM DISPONÍVEIS._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2002/requerimento_043.10.vilson.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2002/requerimento_043.10.vilson.ok.pdf</t>
   </si>
   <si>
     <t>CM 043/10 - O VEREADOR ABAIXO ASSINADO VEM, RESPEITOSAMENTE, COM AMPARO NO REGIMENTO INTERNO, REQUER QUE SUBMETA AO PLENÁRIO O ENVIO DE OFÍCIO À AGERGS - AGÊNCIA DE REGULAÇÃO, ATRAVÉS DA PESSOA DO SEU CONSELHEIRO PRESIDENTE, PEDRO BISCH NETO, COM O SEGUINTE TEOR: COMO É DE CONHECIMENTO DE TODOS, O MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ É PRÓDIGO EM CASOS DE LOCALIDADES QUE SOFREM PELA FALTA DE REDES DE ENERGIA ELÉTRICA E CAPACIDADE DE CARGA INSTALADA PARA ATENDER AS DEMANDAS DAS COMUNIDADES. EM VISTA DISSO, NOBRE PRESIDENTE E DEMAIS COLEGAS VEREADORES, A PRESENTE SOLICITAÇÃO SERVE PARA QUE SE OFICIE A AGERGS SOLICITANDO QUE A REFERIDA AGÊNCIA REGULADORA FISCALIZE A EMPRESA AES SUL  DISTRIBUIDORA DE ENERGIA COM O FITO DE VIABILIZAR E AGILIZAR AS DEMANDAS EXISTENTES E EXECUTAR AS OBRAS DE AUMENTO DE CARGA DE ENERGIA PARA AS PROPRIEDADES RURAIS DESTE MUNICÍPIO._x000D_
 AUTOR: VER. VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2003/requerimento_058.10.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2003/requerimento_058.10.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 58/10 - O SIGNATÁRIO DESTE E OS VEREADORES QUE CONCORDAM COM O MESMO E O ASSINAM, REQUEREM, OUVIDO O PLENÁRIO, AO PODER EXECUTIVO MUNICIPAL AS INFORMAÇÕES ABAIXO: O PROGRAMA DE SAÚDE DA FAMÍLIA  É FRUTO DE CONVÊNIO OU É UM PROJETO DO GOVERNO FEDERAL EXECUTADO PELO SUS EM PARCERIA COM OS ESTADOS, DISTRITO FEDERAL E MUNICÍPIOS DO BRASIL; QUAIS SÃO OS VALORES DE VERBAS RECEBIDAS PARA IMPLANTAÇÃO DAS EQUIPES DO PSF, REPASSADAS AO MUNICÍPIO, SUA APLICAÇÃO E SUAS ORIGENS; QUAL O VALOR DE RECURSOS FINANCEIROS REPASSADOS POR AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATE ÀS ENDEMIAS A SÃO SEBASTIÃO DO CAÍ; SITUAÇÃO FUNCIONAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATE ÀS ENDEMIAS._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2000/requerimento_062.10.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2000/requerimento_062.10.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 062/10 - O VEREADOR ABAIXO SUBSCRITO, NO USO DE SUA ATRIBUIÇÕES, REQUER AO PODER EXECUTIVO QUE SEJAM TOMADAS PROVIDÊNCIAS NO SENTIDO DE EFETUAR A DEVIDA SINALIZAÇÃO DOS ESTACIONAMENTOS RESERVADOS PARA VEÍCULOS QUE TRANSPORTEM OU SEJAM CONDUZIDOS POR PESSOAS PORTADORAS DE DEFICIÊNCIA FÍSICA, NA REGIÃO CENTRAL DA CIDADE, DE ACORDO COM O QUE DETERMINA O CÓDIGO DE TRÂNSITO BRASILEIRO (CTB)._x000D_
 AUTOR: CLÓVIS ALBERTO PIRES  DUARTE</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2001/requerimento_063.10.vilson.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2001/requerimento_063.10.vilson.ok.pdf</t>
   </si>
   <si>
     <t>CM 063/10 - O VEREADOR ABAIXO ASSINADO PROPÕE QUE, OUVIDO O PLENÁRIO, EM REGIME DE URGÊNCIA, SEJA ENCAMINHADO UM OFÍCIO AO ENG. JÚLIO CÉSAR PORCIÚNCULA DA SILVA, COORDENADOR DO 1º DOP-DAER ESTEIO, PLEITEANDO PROVIDÊNCIAS  VISANDO A REDUÇÃO DA VELOCIDADE DOS VEÍCULOS NO KM 5,8 DA RS 122, NO BAIRRO CONCEIÇÃO, PRÓXIMO À VILA SÃO MARTIM, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. VILSON JOSÉ RECH.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2004/requerimento_087.10.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2004/requerimento_087.10.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 087/10 - OS VEREADORES ABAIXO ASSINADOS PROPÕEM QUE, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO AO EXECUTIVO O SEGUINTE PEDIDO DE INFORMAÇÕES: SE HÁ CONCESSÃO DE ISENÇÃO DE IPTU PARA EMPRESAS - PESSOAS JURÍDICAS; SE HOUVE NOVAS CONCESSÕES DE ISENÇÃO OU RENOVAÇÃO DAS JÁ EXISTENTES; EM CASO POSITIVO, QUAIS AS EMPRESAS BENEFICIADAS._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA E DEMAIS.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2005/requerimento_088.10.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2005/requerimento_088.10.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 088/10 - SOLICITO,OUVIDO O PLENÁRIO, SEJA CONVIDADA, POR ESTA CASA, A SENHORA CRISTIANA FLORES, PRESIDENTE DO CÍRCULO DE MÁQUINAS DE SÃO SEBASTIÃO DO CAÍ, A COMPARECER NA CÂMARA MUNICIPAL PARA, REPRESENTANDO A DIRETORIA DO CÍRCULO, EM MOMENTO DA SESSÃO A SER DEFINIDO, ESCLARECER DÚVIDAS REFERENTES AS ATIVIDADES E AO ATENDIMENTO  DOS AGRICULTORES DO NOSSO MUNICÍPIO._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2006/requerimento_101.10.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2006/requerimento_101.10.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 101/10 - O VEREADOR ABAIXO ASSINADO, REQUER QUE, APÓS OUVIDO O PLENÁRIO, EM REGIME DE URGÊNCIA, SEJA ENVIADO UM OFÍCIO AO SECRETÁRIO ESTADUAL DE SEGURANÇA PÚBLICA  PARA QUE O MESMO, COM A MAIOR BREVIDADE POSSÍVEL, NÃO MEÇA ESFORÇOS PARA ATENDER ESSA EVIDENTE DEFICIÊNCIA NA DOTAÇÃO DE POLICIAIS  CIVIS DA DELEGACIA LOCAL E DESTINE UM MAIOR NÚMERO POSSÍVEL DE PESSOAL PARA QUE A MESMA POSSA ATENDER CADA VEZ MELHOR OS ANSEIOS DA POPULAÇÃO CAIENSE POR MAIOR SEGURANÇA PÚBLICA. _x000D_
 AUTOR: VER. CLÓVIS ALBERTO PIRES DUARTE.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2018/requerimento_131.10.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2018/requerimento_131.10.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 131/10 - OS VEREADORES ABAIXO ASSINADOS PROPÕEM QUE, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO AO EXECUTIVO O SEGUINTE PEDIDO DE INFORMAÇÕES COM RELAÇÃO AO FAP - FUNDO DE APOSENTADORIA  E PENSÕES DOS SERVIDORES PÚBLICOS MUNICIPAIS DE SÃO SEBASTIÃO DO CAÍ: QUAL A SITUAÇÃO FINANCEIRA ATUAL DO FAP COM SUA DISCRIMINAÇÃO DE VALORES DEPOSITADOS EM CADA ESTABELECIMENTO BANCÁRIO; QUAL O MONTANTE DOS PARCELAMENTOS DE DÉBITOS DA PREFEITURA PARA COM O FAP, SEU SALDO DEVEDOR ATUAL E NÚMERO DE PRESTAÇÕES VINCENDAS COM SEUS RESPECTIVOS VALORES; QUAL O MONTANTE ARRECADADO MENSALMENTE DAS CONTRIBUIÇÕES DOS SERVIDORES PARA O FAP NOS MESES DE JANEIRO A JULHO DE 2010, BEM COMO O VALOR ARRECADADO MENSALMENTE DA CONTRIBUIÇÃO DA PREFEITURA  PARA O FAP NO MESMO PERÍODO; SE A PREFEITURA ESTÁ EM DIA COM O PAGAMENTO AO FAP DAS CONTRIBUIÇÕES DESCONTADAS DOS SERVIDORES E DA CONTRIBUIÇÃO DA PREFEITURA._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA E DEMAIS.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2007/requerimento_134.10.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2007/requerimento_134.10.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 134/10 - REQUEIRO, OUVIDO O PLENÁRIO, URGENCIA PARA A VOTAÇÃO DO REQUERIMENTO MOÇÃO DE RECONHECIMENTO (IM) AO SENHOR NESTOR FELIPPE WASEM, PELA IMPLANTAÇÃO DO ESCOTISMO EM SÃO SEBASTIÃO DO CAÍ EM 1960 E PELA FUNDAÇÃO DO GRUPO ESCOTEIRO TAQUATÓ, 04 DE SETEMBRO DE 1960._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2008/requerimento_135.10.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2008/requerimento_135.10.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 135/10 - REQUEIRO, OUVIDO O PLENÁRIO, URGÊNCIA PARA A VOTAÇÃO DO REQUERIMENTO MOÇÃO DE CONGRATULAÇÕES AO GRUPO ESCOTEIRO TAQUATÓ, PELO SEU CINQUENTENÁRIO A SER COMEMORADO DIA 04 DE SETEMBRO DE 2010._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2014/requerimento_136.10.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2014/requerimento_136.10.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 136/10 - O VEREADOR ABAIXO ASSINADO PROPÕE QUE, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO UM OFÍCIO À CORSAN - COMPANHIA RIOGRANDENSE DE SANEAMENTO SOLICITANDO AS SEGUINTES INFORMAÇÕES: SEJA ENVIADO UM MAPEAMENTO DE TODOS OS HIDRANTES EXISTENTES NO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ, COM SUA RESPECTIVA LOCALIZAÇÃO; SEJAM INFORMADOS QUAIS  OS HIDRANTES EXISTENTES NO MUNICÍPIO QUE ESTÃO EM PLENO FUNCIONAMENTO; SEJA INFORMADO QUAIS OS PERÍODOS QUE SÃO REALIZADAS AS MANUTENÇÕES DOS HIDRANTES._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2015/requerimento_137.10.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2015/requerimento_137.10.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 137/10 - O VEREADOR ABAIXO ASSINADO CONSIDERANDO O ATO DE VANDALISMO E OU CRIME CONTRA PESSOAS INCAPAZES NA CRECHE DONA NORINHA, NO LOTEAMENTO POPULAR, COM A COLOCAÇÃO PREMEDITADA DE CACOS DE VIDRO EMBAIXO DA AREIA DA PRACINHA UTILIZADA PELAS CRIANÇAS; CONSIDERANDO A GRAVIDADE DE TAL ATO E NECESSIDADE URGENTE DE IDENTIFICAÇÃO DOS RESPONSÁVEIS; CONSIDERANDO O EXCELENTE E  RECONHECIDO TRABALHO QUE VEM DESENVOLVENDO A POLÍCIA CIVIL DE SÃO SEBASTIÃO DO CAÍ NA ELUCIDAÇÃO DE CRIMES NO MUNICÍPIO, PROPÕE QUE, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO OFÍCIO À DELEGACIA DE POLÍCIA CIVIL DESTE MUNICÍPIO PARA QUE, NA MEDIDA DO POSSÍVEL, DETERMINE PRIORIDADE NA INVESTIGAÇÃO DESSE CRIME._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS E DEMAIS.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2012/requerimento_150.10._valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2012/requerimento_150.10._valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 150/10 - O VEREADOR ABAIXO ASSINADO, PROPÕE QUE, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO OFÍCIO AO PREFEITO MUNICIPAL SOLICITANDO  SABER DA VIABILIDADE  DO MESMO ENVIAR À CÂMARA MUNICIPAL  UM PROJETO DE LEI RELACIONADO À LICENÇA AMBIENTAL PARA ÁREAS DE TERRAS ONDE SÃO FEITOS LOTEAMENTOS PARA QUE O LOTEADOR, ALÉM DA LICENÇA GLOBAL DA ÁREA DE LOTEAMENTO, SEJA RESPONSÁVEL POR PROVIDENCIAR ÀS SUAS CUSTAS A LICENÇA AMBIENTAL PARA OS LOTES (TERRENOS) QUE SERÃO VENDIDOS, DESTA FORMA EVITANDO AOS ADQUIRENTES DOS LOTES TODA A BUROCRACIA QUANDO RESOLVEM CONSTRUIR EM SEUS TERRENOS E O CUSTO DA LICENÇA, QUE NA MAIORIA DAS VEZES ONERAM AINDA MAIS A OBRA, PRINCIPALMENTE PARA PESSOAS COM POUCOS RECURSOS FINANCEIROS._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2013/requerimento_155.10.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2013/requerimento_155.10.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 155/10 - O VEREADOR ABAIXO SUBSCRITO, PROPÕE E SUBMETE À APRECIAÇÃO E VOTAÇÃO DESTA CÂMARA MUNICIPAL A SEGUINTE PROPOSIÇÃO: QUE SEJA ENVIADO UM CONVITE AO SENHOR JOÃO HAFFMEISTER, PRESIDENTE DA 18º FESTA DA BERGAMOTA, PARA QUE O MESMO COMPAREÇA A ESTA CASA LEGISLATIVA  POR OCASIÃO DA SUA PRÓXIMA SESSÃO A FIM DE ESCLARECER E EXPLICAR AOS NOBRES EDIS QUAL O RESULTADO FINANCEIRO DA FESTA._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2011/requerimento_160.10.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2011/requerimento_160.10.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 160/10 - OS VEREADORES ABAIXO ASSINADOS, PROPÕEM QUE , OUVIDO O PLENÁRIO, SEJA ENCAMINHADO OFÍCIO AO PREFEITO MUNICIPAL E À EMPRESA CAIENSE DE ÔNIBUS LTDA., COM O ENVIO DO ABAIXO ASSINADO DIRIGIDO À PRESIDÊNCIA DESTA CASA LEGISLATIVA SUGERINDO À EMPRESA DE ÔNIBUS  ALTERAÇÕES EM HORÁRIOS DA LINHA  CIRCULAR AOS DOMINGOS E À PREFEITURA UMA PARADA DE ÔNIBUS COBERTA JUNTO À RUA OLIVEIRA FLORES._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS E DEMAIS.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2009/requerimento_162.10.cesar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2009/requerimento_162.10.cesar.ok.pdf</t>
   </si>
   <si>
     <t>CM 162/10 - O VEREADOR ABAIXO ASSINADO, APÓS OUVIDO O PLENÁRIO, REQUER QUE SEJA ENCAMINHADA CORRESPONDÊNCIA À GERÊNCIA  DE RELAÇÕES INSTITUCIONAIS DA BRASIL TELECOM S.A., A/C DA SRª RITA CAMPOS DAUT, COM ENDEREÇO À RUA SALGADO FILHO, Nº 49 - CENTRO - PORTO ALEGRE, SOLICITANDO QUE A EMPRESA ESTUDE  A  VIABILIDADE  DE AMPLIAÇÃO DA REDE DE TELEFONIA NA LOCALIDADE DE ANGICO, PRÓXIMO AO CENTRO DA CIDADE, BENEFICIANDO MAIS DE 30 FAMÍLIAS DAQUELA LOCALIDADE._x000D_
 AUTOR: VER. CÉSAR DOS SANTOS.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2010/requerimento_172.10.oneide.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2010/requerimento_172.10.oneide.ok.pdf</t>
   </si>
   <si>
     <t>CM 172/10 - O VEREADOR ABAIXO ASSINADO, APÓS OUVIDO O PLENÁRIO, REQUER QUE SEJA ENCAMINHADO AO EXECUTIVO MUNICIPAL UM PEDIDO DE INFORMAÇÃO A FIM DE QUE ESTE INFORME A ESTA CASA LEGISLATIVA O NÚMERO ATUAL DE FUNCIONÁRIOS EXISTENTES NO EXECUTIVO, CONSIDERANDO-SE  ENTRE TAIS OS CONCURSADOS, CCs, FGs, CONTRATOS EMERGENCIAIS, TERCEIRIZADOS E TODOS AQUELES QUE RECEBAM PAGAMENTO DO ERÁRIO PÚBLICO, DE FORMA CONSTANTE E SISTEMÁTICA, INCLUSIVE POR RPA._x000D_
 AUTOR: VER. ONEIDE SMIT.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -2948,67 +2948,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2171/emenda.034.anastacio_e_paulo.ok.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2181/emenda.129.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2182/emenda.130.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2183/emenda.147.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2184/emenda.154.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2195/emenda.188.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1993/indicacao_022.10.roque.ok.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1992/indicacao_037.10.roque.ok.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1991/indicacao_038.10.paulo_e_anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1990/indicacao_053.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1989/indicacao_054.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1988/indicacao_059.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1987/indicacao_060.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1986/indicacao_089.10.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1985/indicacao_090.10.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1984/indicacao_096.10.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1983/indicacao_103.10.roque.ok.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1982/indicacao_123.10.roque.ok.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1981/indicacao_140.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1980/indicacao_141.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1979/indicacao_151.10.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1978/indicacao_152.10.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1977/indicacao_161.10.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1976/indicacao_163.10.cesar.ok.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1975/indicacao_182.10.cesar.ok.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1974/indicacao_183.10.cesar.ok.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1973/indicacao_184.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1972/indicacao_187.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1971/indicacao_194.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1970/indicacao_197.10.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2170/projeto.executivo_158.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2019/projeto.executivo_001.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2020/projeto.executivo_002.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2021/projeto.executivo_003.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2022/projeto.executivo_004.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2023/projeto.executivo_005.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2024/projeto.executivo_006.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2025/projeto.executivo_007.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2026/projeto.executivo_008.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2027/projeto.executivo_009.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2028/projeto.executivo_010.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2029/projeto.executivo_011.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2030/projeto.executivo_012.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2031/projeto.executivo_013.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2033/projeto.executivo_015.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2668/projeto.executivo_014.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2035/projeto.executivo_017.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2036/projeto.executivo_018.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2037/projeto.executivo_019.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2038/projeto.executivo_020.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2034/projeto.executivo_016.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2039/projeto.executivo_021.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2040/projeto.executivo_022.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2043/projeto.executivo_023.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2046/projeto.executivo_024.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2049/projeto.executivo_025.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2050/projeto.executivo_026.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2051/projeto.executivo_027.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2052/projeto.executivo_028.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2055/projeto.executivo_029.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2056/projeto.executivo_030.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2057/projeto.executivo_031.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2058/projeto.executivo_032.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2059/projeto.executivo_033.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2060/projeto.executivo_034.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2061/projeto.executivo_035.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2062/projeto.executivo_036.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2063/projeto.executivo_037.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2064/projeto.executivo_038.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2065/projeto.executivo_039.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2172/projeto.049.mesa.subsidio_prefeito.ok.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2173/projeto.050.mesa.subsidio_secretarios.ok.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2174/projeto.051.mesa.subsidio_vereadores.ok.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2175/projeto.052.mesa.resolucao.reajusta_vencimentos_LUOa1pS.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2066/projeto.executivo_040.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2067/projeto.executivo_041.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2068/projeto.executivo_042.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2075/projeto.executivo_049.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2069/projeto.executivo_043.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2070/projeto.executivo_044.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2072/projeto.executivo_046.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2073/projeto.executivo_047.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2074/projeto.executivo_048.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2071/projeto.executivo_045.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2076/projeto.executivo_050.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2077/projeto.executivo_051.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2078/projeto.executivo_052.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2079/projeto.executivo_053.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2080/projeto.executivo_054.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2176/projeto.075.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2177/projeto.076.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2178/projeto.077.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2081/projeto.executivo_055.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2082/projeto.executivo_056.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2083/projeto.executivo_057.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2084/projeto.executivo_058.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2085/projeto.executivo_059.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2086/projeto.executivo_060.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2087/projeto.executivo_061.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2088/projeto.executivo_062.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2089/projeto.executivo_063.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2090/projeto.executivo_064.2010.ok_oqGf1R5.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2091/projeto.executivo_065.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2098/projeto.executivo_066.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2099/projeto.executivo_067.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2116/projeto.executivo_068.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2100/projeto.executivo_069.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2101/projeto.executivo_070.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2102/projeto.executivo_071.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2103/projeto.executivo_072.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2104/projeto.executivo_073.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2105/projeto.executivo_074.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2107/projeto.executivo_075.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2110/projeto.executivo_077.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2111/projeto.executivo_078.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2109/projeto.executivo_076.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2112/projeto.executivo_079.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2113/projeto.executivo_080.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2114/projeto.executivo_081.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2115/projeto.executivo_082.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2117/projeto.executivo_083.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2118/projeto.executivo_084.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2122/projeto.executivo_085.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2123/projeto.executivo_086.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2124/projeto.executivo_087.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2125/projeto.executivo_088.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2127/projeto.executivo_089.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2128/projeto.executivo_090.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2129/projeto.executivo_091.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2130/projeto.executivo_092.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2131/projeto.executivo_093.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2132/projeto.executivo_094.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2133/projeto.executivo_095.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2134/projeto.executivo_096.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2136/projeto.executivo_098.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2696/projeto.executivo_099.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2697/projeto.executivo_100.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2698/projeto.executivo_101.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2699/projeto.executivo_102.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2700/projeto.executivo_103.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2137/projeto.executivo_104.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2138/projeto.executivo_105.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2139/projeto.executivo_106.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2140/projeto.executivo_107.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2141/projeto.executivo_108.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2185/projeto.157.cleber.ok.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2142/projeto.executivo_109.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2186/projeto.159.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2143/projeto.executivo_110.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2144/projeto.executivo_111.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2145/projeto.executivo_112.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2187/projeto.167.oneide.ok.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2188/projeto.168.oneide.ok.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2189/projeto.169.cesar.ok.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2190/projeto.170.cesar.ok.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2191/projeto.171.cesar.ok.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2146/projeto.executivo_113.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2147/projeto.executivo_114.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2148/projeto.executivo_115.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2149/projeto.executivo_116.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2150/projeto.executivo_117.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2192/projeto.178.mesa.altera_cod_posturas.ok.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2193/projeto.179.oneide.ok.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2151/projeto.executivo_118.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2152/projeto.executivo_119.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2153/projeto.executivo_120.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2194/projeto.186.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2154/projeto.executivo_121.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2155/projeto.executivo_122.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2156/projeto.executivo_123.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2157/projeto.executivo_124.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2158/projeto.executivo_125.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2159/projeto.executivo_126.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2160/projeto.executivo_127.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2161/projeto.executivo_128.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2162/projeto.executivo_129.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2163/projeto.executivo_130.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2164/projeto.executivo_131.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2165/projeto.executivo_132.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2166/projeto.executivo_133.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2167/projeto.executivo_134.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2168/projeto.executivo_135.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2169/projeto.executivo_136.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2179/projeto.115.mesa.resolucao.transferencia_bens.ok.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2180/projeto.128.mesa.resolucao.transferencia_bens.ok.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1994/requerimento_031.10.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1995/requerimento_035.10.roque.ok.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1999/requerimento_036.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2002/requerimento_043.10.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2003/requerimento_058.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2000/requerimento_062.10.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2001/requerimento_063.10.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2004/requerimento_087.10.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2005/requerimento_088.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2006/requerimento_101.10.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2018/requerimento_131.10.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2007/requerimento_134.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2008/requerimento_135.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2014/requerimento_136.10.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2015/requerimento_137.10.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2012/requerimento_150.10._valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2013/requerimento_155.10.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2011/requerimento_160.10.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2009/requerimento_162.10.cesar.ok.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2010/requerimento_172.10.oneide.ok.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2171/emenda.034.anastacio_e_paulo.ok.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2181/emenda.129.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2182/emenda.130.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2183/emenda.147.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2184/emenda.154.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2195/emenda.188.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1993/indicacao_022.10.roque.ok.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1992/indicacao_037.10.roque.ok.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1991/indicacao_038.10.paulo_e_anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1990/indicacao_053.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1989/indicacao_054.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1988/indicacao_059.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1987/indicacao_060.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1986/indicacao_089.10.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1985/indicacao_090.10.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1984/indicacao_096.10.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1983/indicacao_103.10.roque.ok.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1982/indicacao_123.10.roque.ok.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1981/indicacao_140.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1980/indicacao_141.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1979/indicacao_151.10.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1978/indicacao_152.10.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1977/indicacao_161.10.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1976/indicacao_163.10.cesar.ok.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1975/indicacao_182.10.cesar.ok.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1974/indicacao_183.10.cesar.ok.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1973/indicacao_184.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1972/indicacao_187.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1971/indicacao_194.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1970/indicacao_197.10.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2170/projeto.executivo_158.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2019/projeto.executivo_001.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2020/projeto.executivo_002.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2021/projeto.executivo_003.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2022/projeto.executivo_004.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2023/projeto.executivo_005.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2024/projeto.executivo_006.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2025/projeto.executivo_007.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2026/projeto.executivo_008.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2027/projeto.executivo_009.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2028/projeto.executivo_010.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2029/projeto.executivo_011.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2030/projeto.executivo_012.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2031/projeto.executivo_013.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2033/projeto.executivo_015.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2668/projeto.executivo_014.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2035/projeto.executivo_017.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2036/projeto.executivo_018.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2037/projeto.executivo_019.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2038/projeto.executivo_020.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2034/projeto.executivo_016.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2039/projeto.executivo_021.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2040/projeto.executivo_022.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2043/projeto.executivo_023.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2046/projeto.executivo_024.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2049/projeto.executivo_025.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2050/projeto.executivo_026.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2051/projeto.executivo_027.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2052/projeto.executivo_028.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2055/projeto.executivo_029.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2056/projeto.executivo_030.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2057/projeto.executivo_031.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2058/projeto.executivo_032.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2059/projeto.executivo_033.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2060/projeto.executivo_034.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2061/projeto.executivo_035.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2062/projeto.executivo_036.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2063/projeto.executivo_037.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2064/projeto.executivo_038.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2065/projeto.executivo_039.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2172/projeto.049.mesa.subsidio_prefeito.ok.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2173/projeto.050.mesa.subsidio_secretarios.ok.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2174/projeto.051.mesa.subsidio_vereadores.ok.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2175/projeto.052.mesa.resolucao.reajusta_vencimentos_LUOa1pS.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2066/projeto.executivo_040.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2067/projeto.executivo_041.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2068/projeto.executivo_042.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2075/projeto.executivo_049.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2069/projeto.executivo_043.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2070/projeto.executivo_044.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2072/projeto.executivo_046.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2073/projeto.executivo_047.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2074/projeto.executivo_048.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2071/projeto.executivo_045.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2076/projeto.executivo_050.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2077/projeto.executivo_051.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2078/projeto.executivo_052.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2079/projeto.executivo_053.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2080/projeto.executivo_054.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2176/projeto.075.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2177/projeto.076.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2178/projeto.077.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2081/projeto.executivo_055.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2082/projeto.executivo_056.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2083/projeto.executivo_057.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2084/projeto.executivo_058.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2085/projeto.executivo_059.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2086/projeto.executivo_060.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2087/projeto.executivo_061.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2088/projeto.executivo_062.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2089/projeto.executivo_063.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2090/projeto.executivo_064.2010.ok_oqGf1R5.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2091/projeto.executivo_065.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2098/projeto.executivo_066.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2099/projeto.executivo_067.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2116/projeto.executivo_068.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2100/projeto.executivo_069.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2101/projeto.executivo_070.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2102/projeto.executivo_071.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2103/projeto.executivo_072.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2104/projeto.executivo_073.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2105/projeto.executivo_074.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2107/projeto.executivo_075.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2110/projeto.executivo_077.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2111/projeto.executivo_078.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2109/projeto.executivo_076.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2112/projeto.executivo_079.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2113/projeto.executivo_080.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2114/projeto.executivo_081.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2115/projeto.executivo_082.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2117/projeto.executivo_083.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2118/projeto.executivo_084.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2122/projeto.executivo_085.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2123/projeto.executivo_086.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2124/projeto.executivo_087.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2125/projeto.executivo_088.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2127/projeto.executivo_089.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2128/projeto.executivo_090.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2129/projeto.executivo_091.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2130/projeto.executivo_092.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2131/projeto.executivo_093.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2132/projeto.executivo_094.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2133/projeto.executivo_095.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2134/projeto.executivo_096.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2136/projeto.executivo_098.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2696/projeto.executivo_099.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2697/projeto.executivo_100.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2698/projeto.executivo_101.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2699/projeto.executivo_102.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2700/projeto.executivo_103.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2137/projeto.executivo_104.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2138/projeto.executivo_105.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2139/projeto.executivo_106.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2140/projeto.executivo_107.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2141/projeto.executivo_108.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2185/projeto.157.cleber.ok.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2142/projeto.executivo_109.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2186/projeto.159.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2143/projeto.executivo_110.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2144/projeto.executivo_111.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2145/projeto.executivo_112.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2187/projeto.167.oneide.ok.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2188/projeto.168.oneide.ok.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2189/projeto.169.cesar.ok.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2190/projeto.170.cesar.ok.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2191/projeto.171.cesar.ok.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2146/projeto.executivo_113.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2147/projeto.executivo_114.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2148/projeto.executivo_115.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2149/projeto.executivo_116.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2150/projeto.executivo_117.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2192/projeto.178.mesa.altera_cod_posturas.ok.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2193/projeto.179.oneide.ok.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2151/projeto.executivo_118.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2152/projeto.executivo_119.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2153/projeto.executivo_120.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2194/projeto.186.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2154/projeto.executivo_121.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2155/projeto.executivo_122.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2156/projeto.executivo_123.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2157/projeto.executivo_124.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2158/projeto.executivo_125.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2159/projeto.executivo_126.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2160/projeto.executivo_127.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2161/projeto.executivo_128.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2162/projeto.executivo_129.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2163/projeto.executivo_130.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2164/projeto.executivo_131.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2165/projeto.executivo_132.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2166/projeto.executivo_133.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2167/projeto.executivo_134.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2168/projeto.executivo_135.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2169/projeto.executivo_136.2010.ok.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2179/projeto.115.mesa.resolucao.transferencia_bens.ok.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2180/projeto.128.mesa.resolucao.transferencia_bens.ok.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1994/requerimento_031.10.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1995/requerimento_035.10.roque.ok.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/1999/requerimento_036.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2002/requerimento_043.10.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2003/requerimento_058.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2000/requerimento_062.10.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2001/requerimento_063.10.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2004/requerimento_087.10.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2005/requerimento_088.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2006/requerimento_101.10.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2018/requerimento_131.10.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2007/requerimento_134.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2008/requerimento_135.10.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2014/requerimento_136.10.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2015/requerimento_137.10.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2012/requerimento_150.10._valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2013/requerimento_155.10.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2011/requerimento_160.10.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2009/requerimento_162.10.cesar.ok.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2010/2010/requerimento_172.10.oneide.ok.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H207"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="137.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="136.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>