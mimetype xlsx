--- v0 (2026-01-21)
+++ v1 (2026-03-08)
@@ -51,3749 +51,3749 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2205/emenda.34.cleber.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2205/emenda.34.cleber.ok.pdf</t>
   </si>
   <si>
     <t>CM 034/09 - EMENDA AO PROJETO DE LEI PM 010/2009, QUE INSTITUI O CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO PARA O EXERCÍCIO DE 2009._x000D_
 AUTOR: VER. CLÉBER BALCH SCHRÖEDER</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2206/emenda.35.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2206/emenda.35.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 035/09 - EMENDA AO PROJETO DE LEI PM 010/2009, QUE INSTITUI O CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO PARA O EXERCÍCIO DE 2009._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Todos Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2233/emenda.81.todos.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2233/emenda.81.todos.ok.pdf</t>
   </si>
   <si>
     <t>CM 081/09 - EMENDA AO PROJETO DE LEI PM 037/2009, QUE ALTERA A REDAÇÃO DA LEI Nº 2.733 DE 23 DE DEZEMBRO DE 2005, QUE CONCEDE AOS SERVIDORES PÚBLICOS MUNICIPAIS ESTATUTÁRIOS O BENEFÍCIO DO VALE TRANSPORTE E DÁ OUTRAS PROVIDÊNCIAS. AUTORIA: TODOS OS VEREADORES.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2261/emenda.136.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2261/emenda.136.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 136/09 - EMENDA SUBSTITUTIVA AO PROJETO DE LEI Nº 062/2009._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2278/emenda.175.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2278/emenda.175.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 175/09 - EMENDA ADITIVA AO PROJETO DE LEI Nº 077/2009._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2279/emenda.176.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2279/emenda.176.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 176/09 - EMENDA SUBSTITUTIVA AO PROJETO DE LEI Nº 077/2009._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2277/emenda.177.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2277/emenda.177.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 177/09 - EMENDA ADITIVA AO PROJETO DE LEI Nº 077/2009._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/3155/emenda.178.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/3155/emenda.178.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 178/09 - EMENDA ADITIVA AO PROJETO DE LEI Nº 077/2009. AUTOR: VER. ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2280/emenda.179.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2280/emenda.179.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 179/09 - EMENDA AO PROJETO DE LEI Nº 077/2009 - CM 155/09, QUE DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ PARA O PERÍODO DE 2010 A 2013._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2305/emenda.301.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2305/emenda.301.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 301/09 - EMENDA AO PROJETO DE LEI CM 293/2009._x000D_
 AUTOR: VER. CLÓVIS ALBERTO PIRES DUARTE.</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2404/indicacao_006.09.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2404/indicacao_006.09.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 06/09 - INDICA AO EXECUTIVO O ESTUDO DA VIABILIDADE DE ISENTAR DO PAGAMENTO DE DÉBITOS PARA O MUNICÍPIO AS PESSOAS DE BAIXA RENDA QUE RESIDAM EM ÁREAS DE ALAGAMENTO._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2405/indicacao_007.09.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2405/indicacao_007.09.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 07/09 - INDICA AO EXECUTIVO UMA REVISÃO DOS VALORES PAGOS A TÍTULO DE DIÁRIAS PARA OS SERVIDORES MUNICIPAIS._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2406/indicacao_008.09.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2406/indicacao_008.09.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 08/09 - INDICA AO SR. PREFEITO MUNICIPAL QUE SEJA AUTORIZADO OU PROCEDIDA,  A REABERTURA DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL "NOSSA SENHORA DOS NAVEGANTES", SITUADA NA LOCALIDADE DE CAMPESTRE/CONCEIÇÃO, PARA OFERECER ENSINO DE 1º A 4º SÉRIES._x000D_
 AUTOR: VER. PROF. JOSÉ ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2407/indicacao_009.09.vilson.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2407/indicacao_009.09.vilson.ok.pdf</t>
   </si>
   <si>
     <t>CM 09/09 - SOLICITA AO PODER EXECUTIVO MUNICIPAL QUE SEJA DADO ANDAMENTO O MAIS BREVE POSSÍVEL NO PROCESSO DE MUNICIPALIZAÇÃO DO MEIO AMBIENTE, UMA VEZ QUE A LEI JÁ EXISTE  DESDE O ANO DE 2006._x000D_
 AUTOR: VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2408/indicacao_010.09.vilson.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2408/indicacao_010.09.vilson.ok.pdf</t>
   </si>
   <si>
     <t>CM 10/09 - INDICA AO PODER EXECUTIVO MUNICIPAL A ELABORAÇÃO DE UM NOVO PROJETO DE INCENTIVOS FISCAIS PARA O SETOR AGROPECUÁRIO DO MUNICÍPIO COM SUBSÍDIO DE ATÉ 40% NOS SERVIÇOS PRESTADOS._x000D_
 AUTOR: VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2409/indicacao_011.09.vilson.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2409/indicacao_011.09.vilson.ok.pdf</t>
   </si>
   <si>
     <t>CM 011/09 - INDICA AO PODER EXECUTIVO MUNICIPAL A ELABORAÇÃO DE UM NOVO PROJETO DE INCENTIVOS FISCAIS PARA DESENVOLVER O SETOR INTEGRADO DE AVICULTURA E SUINOCULTURA DO MUNICÍPIO._x000D_
 AUTOR: VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2410/indicacao_012.09.vilson.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2410/indicacao_012.09.vilson.ok.pdf</t>
   </si>
   <si>
     <t>CM 012/09 - INDICA AO PODER EXECUTIVO MUNICIPAL A ELABORAÇÃO DE  PROJETO DE LEI  PARA QUE AS ESTRADAS VICINAIS QUE SÃO UTILIZADAS POR 5 (CINCO) OU MAIS FAMÍLIAS E QUE AS USAM PARA O ESCOAMENTO DA PRODUÇÃO, SEJAM RESTAURADAS SEM ÔNUS PARA O PEQUENO PRODUTOR._x000D_
 AUTOR: VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2411/indicacao_013.09.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2411/indicacao_013.09.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 013/09 - INDICA AO EXECUTIVO UMA LIMPEZA NA ÁREA DA PRAINHA, NA PRAÇA DA SANTINHA, E DA CACHOEIRA PRÓXIMA À PONTE DO RIO CAÍ._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2412/indicacao_014.09.vilson.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2412/indicacao_014.09.vilson.ok.pdf</t>
   </si>
   <si>
     <t>CM 014/09 - INDICA AO PODER EXECUTIVO MUNICIPAL A AQUISIÇÃO DE ALGUMAS DOSES DA VACINA CONTRA A FEBRE AMARELA, UMA VEZ QUE, ESTA VACINA NÃO É ENCONTRADA NO MUNICÍPIO, E MUITAS PESSOAS NECESSITAM, EM CASO DE VIAGENS PARA REGIÕES OCORREM EPIDEMIA._x000D_
 AUTOR: VER. VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2413/indicacao_025.09.cleber.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2413/indicacao_025.09.cleber.ok.pdf</t>
   </si>
   <si>
     <t>CM 025/09 - INDICA AO EXECUTIVO QUE SEJA COLOCADO O CALÇAMENTO NA RUA GUARANI, BAIRRO QUILOMBO, NESTE MUNICÍPIO._x000D_
 AUTOR: CLEBER BALCH SCHRÖEDER</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2414/indicacao_036.09.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2414/indicacao_036.09.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 036/09 - INDICA AO EXECUTIVO O CONSERTO DO CALÇAMENTO OU ASFALTAMENTO DAS RUAS DO LOTEAMENTO LAUX, PRINCIPALMENTE A RUA QUE DÁ ACESSO À APAE._x000D_
 AUTOR: VER. ÉRICO MEIRELLES</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2415/indicacao_037.09.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2415/indicacao_037.09.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 037/09 - INDICA AO EXECUTIVO A CONSTRUÇÃO DE UMA CRECHE NO BAIRRO QUILOMBO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2416/indicacao_038.09.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2416/indicacao_038.09.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 038/09 - INDICA AO EXECUTIVO A AQUISIÇÃO DE UMA UTI MÓVEL PARA O NOSSO MUNICÍPIO, PARA UM ATENDIMENTO MELHOR E MAIS EFICAZ EM BENEFÍCIO DE TODA A COMUNIDADE CAIENSE._x000D_
 AUTOR: ÉRICO MEIRELLES.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2417/indicacao_039.09.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2417/indicacao_039.09.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 039/09 - INDICA AO EXECUTIVO O ASFALTAMENTO DAS RUAS DOS LOTEAMENTOS BLAUTH, SÃO RAFAEL E EM CONCEIÇÃO NA ESTRADA QUE VAI ATÉ O SANTUÁRIO._x000D_
 AUTOR: VER. ÉRICO MEIRELLES.</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2418/indicacao_040.09.vilson.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2418/indicacao_040.09.vilson.ok.pdf</t>
   </si>
   <si>
     <t>CM 040/09 - INDICA AO PODER EXECUTIVO MUNICIPAL A ELABORAÇÃO DE UM NOVO PROFETO DE LEI PARA QUE SEJA INSTITUÍDO O CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL (CMDR) E CRIA O FUNDO MUNICIPAL DE DESENVOLVIMENTO RURAL (FDR)._x000D_
 AUTOR: VER. VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2419/indicacao_041.09.vilson.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2419/indicacao_041.09.vilson.ok.pdf</t>
   </si>
   <si>
     <t>CM 041/09 - SOLICITA AO PODER EXECUTIVO MUNICIPAL, A ALTERAÇÃO DA LEI DO CONSELHO MUNICIPAL DE AGRICULTURA E PECUÁRIA (COMAPE), ÓRGÃO CONSULTIVO PARA ÓRGÃO DELIBERATIVO E COM MAIOR PARTICIPAÇÃO DE CONSELHEIROS._x000D_
 AUTOR: VER. VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2420/indicacao_042.09.sergio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2420/indicacao_042.09.sergio.ok.pdf</t>
   </si>
   <si>
     <t>CM 042/09 - INDICA AO EXECUTIVO MUNICIPAL AJUDA PARA REFORMA DO PRÉDIO DA SEDE DO ESPORTE CLUBE CONCEIÇÃO._x000D_
 AUTOR: VER. SÉRGIO PAULO PEREIRA</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2421/indicacao_043.09.sergio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2421/indicacao_043.09.sergio.ok.pdf</t>
   </si>
   <si>
     <t>CM 043/09 - INDICA AO EXECUTIVO MUNICIPAL  A REINTEGRAÇÃO DE PARTE DA VILA SÃO MARTIM AO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ._x000D_
 AUTOR: VER. SÉRGIO PAULO PEREIRA</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2422/indicacao_044.09.sergio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2422/indicacao_044.09.sergio.ok.pdf</t>
   </si>
   <si>
     <t>CM 044/09 - INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE COPO DESCARTÁVEL JUNTO AO BEBEDOURO DO POSTO DE SAÚDE DA VILA SÃO MARTIM._x000D_
 AUTOR: VER. SÉRGIO PAULO PEREIRA</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2423/indicacao_046.09.vilson.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2423/indicacao_046.09.vilson.ok.pdf</t>
   </si>
   <si>
     <t>CM 046/09 - INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE CONSTRUÇÃO DE UM PARQUE DE DIVERSÃO E UMA QUADRA DE FUTEBOL SETE NA LOCALIDADE DE MAÇONARIA._x000D_
 AUTOR: VER. VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2424/indicacao_047.09.vilson.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2424/indicacao_047.09.vilson.ok.pdf</t>
   </si>
   <si>
     <t>CM 047/09 - INDICA AO PODER EXECUTIVO MUNICIPAL A COLOCAÇÃO DE PLACAS EM LOCAIS ESTRATÉGICOS PARA A FIXAÇÃO DOS ANÚNCIOS FÚNEBRES E QUE OS MESMOS NÃO SEJAM GRAMPEADOS EM ÁRVORES DAS RUAS, POR OCASIÃO DE ÓBITO._x000D_
 AUTOR: VER. VISON JOSÉ RECH</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2425/indicacao_048.09.sergio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2425/indicacao_048.09.sergio.ok.pdf</t>
   </si>
   <si>
     <t>CM 048/09 - INDICA AO EXECUTIVO MUNICIPAL DUAS CARGAS DE AREIA FINA PARA MELHORIA DA CANCHA DE AREIA DA LOCALIDADE DE AREIÃO._x000D_
 AUTOR: VER. SÉRGIO PAULO PEREIRA</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2426/indicacao_049.09.sergio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2426/indicacao_049.09.sergio.ok.pdf</t>
   </si>
   <si>
     <t>CM 049/09 - INDICA AO EXECUTIVO MUNICIPAL QUE AJUDE A COMUNIDADE DA VILA SÃO MARTIM NA CONSTRUÇÃO DA CAPELA MORTUÁRIA._x000D_
 AUTOR: VER. SÉRGIO PAULO PEREIRA</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2427/indicacao_050.09.sergio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2427/indicacao_050.09.sergio.ok.pdf</t>
   </si>
   <si>
     <t>CM 050/09 - INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE TRÊS PARADAS DE ÔNIBUS NO INTERIOR DA VILA SÃO MARTIM, UMA NA ESTRADA DO PINHEIRINHO, AUMENTAR A CAPACIDADE DA PARADA LOCALIZADA NA RS 122, ENTRADA DA SÃO MARTIM E UMA NO QUILÔMETRO TRÊS DA RS 122, NO SENTIDO CAÍ/PORTÃO._x000D_
 AUTOR: VER. SÉRGIO PAULO PEREIRA</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2428/indicacao_058.09.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2428/indicacao_058.09.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 058/09 - INDICA AO EXECUTIVO O ESTUDO DA VIABILIDADE DE AUMENTAR DE 04 (QUATRO) PARA 06 (SEIS) MESES O PRAZO DA LICENÇA MATERNIDADE PREVISTO NO ESTATUTO DO SERVIDOR PÚBLICO MUNICIPAL (LEI Nº 2.312, DE 28 DE DEZEMBRO DE 2001)_x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2429/indicacao_059.09.sergio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2429/indicacao_059.09.sergio.ok.pdf</t>
   </si>
   <si>
     <t>CM 059/09 - INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE FÁBRICAS DE PRÉ-MOLDADOS NA VILA SÃO MARTIM E NA FAZENDA DO SENHOR JESUS, ENTIDADE LOCALIZADA EM CAMPESTRE, QUE VISA RECUPERAR USUÁRIOS DE DROGAS._x000D_
 AUTOR: VER. SÉRGIO PAULO PEREIRA</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2430/indicacao_060.09.sergio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2430/indicacao_060.09.sergio.ok.pdf</t>
   </si>
   <si>
     <t>CM 060/09 - INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM SISTEMA DE TRATAMENTO ALTERNATIVO DE ESGOTO NA VILA SÃO MARTIM._x000D_
 AUTOR: VER. SÉRGIO PAULO PEREIRA</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2431/indicacao_061.09.sergio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2431/indicacao_061.09.sergio.ok.pdf</t>
   </si>
   <si>
     <t>CM 061/09 - INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM POSTO DE SAÚDE NA VILA CONCEIÇÃO._x000D_
 AUTOR: VER. SÉRGIO PAULO PEREIRA</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2432/indicacao_062.09.cleber.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2432/indicacao_062.09.cleber.ok.pdf</t>
   </si>
   <si>
     <t>CM 062/09 - INDICA AO EXECUTIVO MUNICIPAL QUE SEJA AUMENTADA A DOAÇÃO DAS PASSAGENS UNIVERSITÁRIAS DE 25% PARA 50% NO MÍNIMO._x000D_
 AUTOR: VER. CLEBER BALCH SCHRÖEDER</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2433/indicacao_063.09.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2433/indicacao_063.09.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 063/09 - INDICA AO EXECUTIVO MUNICIPAL A CAPINA E ROÇADA NA RUA ADOLPHO SCHENKEL, NO BAIRRO RIO BRANCO._x000D_
 AUTOR: VER. ÉRICO MEIRELLES</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2434/indicacao_068.09.cleber.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2434/indicacao_068.09.cleber.ok.pdf</t>
   </si>
   <si>
     <t>CM 068/09 - INDICA AO EXECUTIVO QUE SEJA CRIADO NO BAIRRO NAVEGANTES UM ESPAÇO COM QUADRAS ESPORTIVAS, ENTRE ELAS: QUADRA DE FUTEBOL DE AREIA E VÔLEI._x000D_
 AUTOR: CLEBER BALCH SCHRÖEDER</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2435/indicacao_071.09.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2435/indicacao_071.09.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 071/09 - INDICA AO EXECUTIVO A LIMPEZA E O PATROLAMENTO DAS RUAS NA LOCALIDADE DE MAÇONARIA._x000D_
 AUTOR: VER. ÉRICO MEIRELLES</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2436/indicacao_083.09.sergio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2436/indicacao_083.09.sergio.ok.pdf</t>
   </si>
   <si>
     <t>CM 083/09 - INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO UM VALO PARA CONDUZIR AS ÁGUAS VINDAS DA ESCOLA MUNICIPAL CONCEIÇÃO ATÉ  O ARROIO EXISTENTE PRÓXIMO._x000D_
 AUTOR: VER. SÉRGIO PAULO PEREIRA</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2437/indicacao_093.09.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2437/indicacao_093.09.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 093/09 - INDICA AO EXECUTIVO QUE SEJA FEITA UMA FISCALIZAÇÃO NO LOTEAMENTO LAUX NA IDENTIFICAÇÃO DOS PROPRIETÁRIOS DOS TERRENOS BALDIOS NOS QUAIS SE FAZ NECESSÁRIA UMA LIMPEZA DO MATO QUE JÁ TOMOU CONTA DOS MESMOS, E QUE PARA OS PROPRIETÁRIOS SEJA ENVIADA UMA NOTIFICAÇÃO PARA PROVIDÊNCIA NESSE SENTIDO._x000D_
 AUTOR: VER. VER. ÉRICO MEIRELLES</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/</t>
   </si>
   <si>
     <t>CM 094/09 - INDICA AO EXECUTIVO QUE SEJA CONSTRUÍDA UMA CRECHE E UM CONSULTÓRIO MÉDICO NO BAIRRO NAVEGANTES._x000D_
 AUTOR: VER. ÉRICO MEIRELLES</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2439/indicacao_095.09.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2439/indicacao_095.09.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 095/09 - INDICA AO EXECUTIVO QUE SEJA INCLUÍDO NO ITINERÁRIO DOS ÔNIBUS QUE FAZEM O TRANSPORTE ESCOLAR NO MUNICÍPIO A LOCALIDADE DE MATO GRANDE, EM CONCEIÇÃO, BENEFICIANDO TAMBÉM OS ESTUDANTES RESIDENTES NAQUELA LOCALIDADE._x000D_
 AUTOR: VER. ÉRICO MEIRELLES</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2440/indicacao_099.09.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2440/indicacao_099.09.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 099/09 - INDICA AO EXECUTIVO A RETIRADA DE UMA ÁRVORE SITUADA EM FRENTE À FÁBRICA DE ESQUADRIAS DE FERRO BUENO LTDA., SITUADA NA AV. EGYDIO MICHAELSEN, Nº 187, BAIRRO CENTRO, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2441/indicacao_100.09.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2441/indicacao_100.09.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 100/09 - INDICA AO EXECUTIVO A LIMPEZA (ROÇADA) DO MATO EXISTENTE NO FINAL DA RUA ODERICH. NO MESMO LOCAL TAMBÉM HÁ UM ACÚMULO DE POÇAS D'ÁGUA QUE VEM OCASIONANDO A PROLIFERAÇÃO DE MOSQUITOS._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2442/indicacao_101.09.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2442/indicacao_101.09.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 101/09 - INDICA AO EXECUTIVO A LIMPEZA (ROÇADA) NA BEIRA DAS CALÇADAS DA RUA ADOLPHO SCHENKEL, NO BAIRRO RIO BRANCO._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2443/indicacao_102.09.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2443/indicacao_102.09.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 102/09 - INDICA AO EXECUTIVO A LIMPEZA (ROÇADA) DO CAPIM, QUE ESTÁ TOMANDO CONTA DA BEIRA DO ASFALTO (ACOSTAMENTO) NA AVENIDA NELSON HOFF, NO BAIRRO CONCEIÇÃO._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2444/indicacao_105.09.vilson.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2444/indicacao_105.09.vilson.ok.pdf</t>
   </si>
   <si>
     <t>CM 105/09 - INDICA AO SR. PREFEITO MUNICIPAL QUE SEJA COLOCADO UMA LOMBADA E PLACAS DE SINALIZAÇÃO DE VELOCIDADE, CONFORME SOLICITAÇÃO ATRAVÉS DE ABAIXO ASSINADO._x000D_
 AUTOR: VER. VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2445/indicacao_106.09.cleber.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2445/indicacao_106.09.cleber.ok.pdf</t>
   </si>
   <si>
     <t>CM 106/09 - INDICA AO EXECUTIVO MUNICIPAL  UMA CAMPANHA EDUCATIVA QUE VISA CONSCIENTIZAR A SOCIEDADE SOBRO O USO DE DROGAS, SEGURANÇA NO TRÂNSITO E ORIENTAÇÃO SEXUAL, A CAMPANHA DEVERÁ SER PROMOVIDA PELA SECRETARIA DE EDUCAÇÃO E SAÚDE._x000D_
 AUTOR: VER. CLEBER BALCH SCHRÖEDER</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2446/indicacao_107.09.cleber.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2446/indicacao_107.09.cleber.ok.pdf</t>
   </si>
   <si>
     <t>CM 107/09 - INDICA AO SENHOR PREFEITO MUNICIPAL QUE DETERMINE A INSTALAÇÃO DE TACHÕES NA RUA TAQUARI E NA RUA GARIBALDI, BAIRRO VILA RICA._x000D_
 AUTOR: VER. CLEBER BALCH SCHRÖEDER</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2447/indicacao_108.09.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2447/indicacao_108.09.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 108/09 - INDICA AO EXECUTIVO AS SEGUINTES PROVIDÊNCIAS: LIMPEZA GERAL DO ARROIO COITINHO NO BAIRRO VILA RICA; CALÇAMENTO DAS RUAS SATURNINO DA SILVA E DA TRAVESSA ALI EXISTENTE; CALÇAMENTO DA RUA GUARANI, ATRÁS DO CAMPO._x000D_
 AUTOR: VER. ÉRICO MEIRELLES</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2448/indicacao_109.09.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2448/indicacao_109.09.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 109/09 - INDICA AO SR. PREFEITO MUNICIPAL QUE SEJA DETERMINADO UM LEVANTAMENTO DA NECESSIDADE DE RECUPERAR AS CONDIÇÕES FÍSICAS, DE CONSERVAÇÃO E DE LIMPEZA DA REGIÃO DA SEDE DO MUNICÍPIO FORMADA PELAS RUAS A SEGUIR NOMEADAS: RUA 1º DE MAIO E SUAS PARALELAS, EM DIREÇÃO AO RIO: MACHADINHO; TRAV. DA PAZ; GENERAL OSÓRIO; GENERAL CÂMARA; MAURO COELHO; AQUIDABAN; CRISTIANO SAUER; AS TRANSVERSAIS A PARTIR DA CRUZEIRO DO SUL - PONTE 01: HENRIQUE D'ÁVILA; 13 DE MAIO; PINHEIRO MACHADO; CORONEL PAULINO TEIXEIRA; TIRADENTES; CORONEL GUIMARÃES; ODERICH; SÃO LOURENÇO; SÃO JOÃO._x000D_
 AUTOR: VER. PROF. JOSÉ ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2449/indicacao_110.09.anastacio_e_alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2449/indicacao_110.09.anastacio_e_alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 110/09 - INDICAM AO EXECUTIVO A PATROLAGEM E A ROÇADA NAS LATERAIS DA ESTRADA DO ANGICO, DO OUTRO LADO DA RS 122._x000D_
 AUTOR: VEREADORES ANASTÁCIO DA SILVA E JOSÉ ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2450/indicacao_119.09.cleber.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2450/indicacao_119.09.cleber.ok.pdf</t>
   </si>
   <si>
     <t>CM 119/09 - INDICA AO EXECUTIVO QUE SEJA FEITO UM POÇO ARTESIANO NA SOCIEDADE ESPORTE CLUBE GUARANI._x000D_
 AUTOR: VER. CLEBER BALCH SCHRÖEDER</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2451/indicacao_120.09.sergio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2451/indicacao_120.09.sergio.ok.pdf</t>
   </si>
   <si>
     <t>CM 120/09 - INDICA AO EXECUTIVO MUNICIPAL PERFURAÇÃO DE DOIS POÇOS ARTESIANOS NO AREIÃO._x000D_
 AUTOR: VER. SÉRGIO PAULO PEREIRA</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2452/indicacao_121.09.sergio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2452/indicacao_121.09.sergio.ok.pdf</t>
   </si>
   <si>
     <t>CM 121/09 - INDICA AO EXECUTIVO MUNICIPAL  A AVALIAÇÃO DA POSSIBILIDADE DE TRANSFERIR O GINÁSIO DE ESPORTES LOCALIZADO NA VILA SÃO MARTIM À CRECHE MUNICIPAL ALI EXISTENTE._x000D_
 AUTOR: VER. SÉRGIO PAULO PEREIRA</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2453/indicacao_124.09.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2453/indicacao_124.09.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 124/09 - INDICA AO EXECUTIVO A COLOCAÇÃO DE UMA LUMINÁRIA NO FINAL DA RUA JOSÉ LUIZ DE PAULA, NO ÚLTIMO POSTE, NO BAIRRO QUILOMBO._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2454/indicacao_125.09.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2454/indicacao_125.09.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 125/09 - INDICA AO EXECUTIVO A COLOCAÇÃO DE BRITA NO ACESSO À RESIDÊNCIA DA SRª NELDI DE FÁTIMA, NA RUA JOSÉ BONIFÁCIO, Nº 52, ONDE FORAM COLOCADOS CANOS DE ESGOTO PELA PREFEITURA E DEPOIS NÃO FOI REPOSTO O MATERIAL._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2455/indicacao_126.09.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2455/indicacao_126.09.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 126/09 - INDICA AO EXECUTIVO MUNICIPAL SEJA CONSTITUÍDA UMA COMISSÃO, DA QUAL FAÇAM PARTE FUNCIONÁRIOS DA SECRETARIA DA EDUCAÇÃO, DA SECRETARIA DA SAÚDE E ASSISTÊNCIA SOCIAL, DA SECRETARIA DE OBRAS, DA SECRETARIA DO PLANEJAMENTO, DA CASA DA SOLIDARIEDADE E DE ENTIDADES DA SOCIEDADE CIVIL ORGANIZADA, PARA ANALISAR A REALIDADE E ELABORAR UM PLANO DE AÇÃO CONJUNTA PARA SER DESENVOLVIDO NA REGIÃO CONHECIDA COMO COTOVELO._x000D_
 AUTOR: VER. PROF. JOSÉ ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2456/indicacao_131.09.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2456/indicacao_131.09.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 131/09 - INDICA AO EXECUTIVO A UTILIZAÇÃO E FORNECIMENTO DE UNIFORME PARA O PESSOAL DA SAÚDE, PRINCIPALMENTE PARA OS MOTORISTAS, INCLUINDO CRACHÁ, CALÇADO E ATÉ ABRIGOS._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2457/indicacao_132.09.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2457/indicacao_132.09.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 132/09 - INDICA AO SR. PREFEITO MUNICIPAL QUE SEJA CRIADO NA ASSOCIAÇÃO DE MORADORES DE SÃO MARTIM, UM POSTO DE ATENDIMENTO SEMANAL DA CASA DA CIDADANIA, RECÉM CRIADA NA SEDE DO MUNICÍPIO._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2458/indicacao_133.09.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2458/indicacao_133.09.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 133/09 - INDICA AO SR. PREFEITO MUNICIPAL QUE SEJAM INSTALADAS NOS SANITÁRIOS DA PRAÇA CON. EDVINO PUHL, RAMPAS DE ACESSO E OUTRAS MELHORIAS NECESSÁRIAS PARA A QUALIFICAÇÃO DOS MESMOS._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2459/indicacao_134.09.sergio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2459/indicacao_134.09.sergio.ok.pdf</t>
   </si>
   <si>
     <t>CM 134/09 - INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE PASSEIO PÚBLICO EM FRENTE À SEDE DA ASSOCIAÇÃO COMUNITÁRIA DOS MORADORES DA CONCEIÇÃO, COM O MATERIAL  QUE A PREFEITURA UTILIZARÁ PARA TESTES._x000D_
 AUTOR: VER. SÉRGIO PAULO PEREIRA</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2460/indicacao_135.09.sergio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2460/indicacao_135.09.sergio.ok.pdf</t>
   </si>
   <si>
     <t>CM 135/09 - INDICA AO EXECUTIVO MUNICIPAL A PAVIMENTAÇÃO DO ACESSO À CASA MORTUÁRIA DE CONCEIÇÃO COM O MATERIAL QUE A PREFEITURA VAI COLOCAR EM TESTE._x000D_
 AUTOR: VER. SÉRGIO PAULO PEREIRA</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2461/indicacao_152.09.valldir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2461/indicacao_152.09.valldir.ok.pdf</t>
   </si>
   <si>
     <t>CM 152/09 - INDICA AO EXECUTIVO QUE SEJA FEITO UM "NIVELAMENTO" NA ÁREA VERDE EXISTENTE NO LOTEAMENTO BLAUTH PARA QUE NO FUTURO OS SEUS MORADORES POSSAM ALI CONSTRUIR UMA PRAÇA, APROVEITANDO ASSIM A  ÁREA DE LAZER DA QUAL PASSARÃO A DISPOR._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2462/indicacao_153.09.sergio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2462/indicacao_153.09.sergio.ok.pdf</t>
   </si>
   <si>
     <t>CM 153/09 - INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE LUMINÁRIAS COM LÂMPADAS NOS SEGUINTES LOCAIS: RUA JÚLIO DE CASTILHOS, PRÓXIMO À RESIDÊNCIA DO SR. CARLOS RODRIGUES DA COSTA, E NA RUA MANOEL OLÍCIO PEREIRA, PRÓXIMO AO NÚMERO 502, RESIDÊNCIA DO SR. VALCIR MARQUES FERREIRA._x000D_
 AUTOR: VER. SÉRGIO PAULO PEREIRA</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2463/indicacao_156.09.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2463/indicacao_156.09.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 156/09 - INDICA AO SR. PREFEITO MUNICIPAL QUE SEJAM INSTALADOS (CONSTRUÍDOS), NA RUA ADOLFO SCHENKEL, PROXIMIDADES DA IGREJA NOSSA SENHORA DE LURDES, BAIRRO RIO BRANCO DOIS (2) ABRIGOS DE ÔNIBUS, UM EM CADA PASSEIO (CALÇADA) DA RUA._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2464/indicacao_157.09.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2464/indicacao_157.09.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 157/09 - INDICA AO SR. PREFEITO MUNICIPAL QUE SEJAM PROVIDÊNCIAS QUANTO POLUIÇÃO SONORA, DE DIFERENTES FORMAS, QUE OCORRE EM NOSSA CIDADE, DIARIAMENTE E COM MAIS INTENSIDADE QUANDO O FINAL DE SEMANA ESTÁ PRÓXIMO._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2465/indicacao_163.09.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2465/indicacao_163.09.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 163/09 - INDICA AO SR. PREFEITO MUNICIPAL QUE SEJAM TOMADAS PROVIDÊNCIAS PARA EVITAR QUE O LIXO, COLOCADOS NA RUA PARA A COLETA PELO CAMINHÃO, SEJAM ATACADOS PELOS ANIMAIS._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2473/indicacao_166.09.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2473/indicacao_166.09.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 166/09 - INDICA AO SR. PREFEITO MUNICIPAL QUE SEJAM INSTALADOS REDUTORES DE VELOCIDADE (QUEBRA-MOLAS), NA RUA 7 DE SETEMBRO, NO TRECHO ENTRE AS RUAS HENRIQUE D'ÁVILA E TIRADENTES._x000D_
 AUTOR: VER, PROF. ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2474/indicacao_172.09.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2474/indicacao_172.09.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 172/09 - INDICA AO EXECUTIVO QUE SEJA RECOLOCADA NO LUGAR A PLACA DE PROIBIDO ESTACIONAR CAMINHÃO, A QUAL ESTÁ CAÍDA, NA RUA JOSÉ LUIS DE PAULA, AO LADO DA IGREJA ASSEMBLÉIA DE DEUS, NO BAIRRO QUILOMBO._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2475/indicacao_173.09.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2475/indicacao_173.09.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 173/09 - INDICA AO EXECUTIVO QUE SEJA FEITA TODA A SINALIZAÇÃO VIÁRIA DA RUA BENTO GONÇALVES, NO BAIRRO QUILOMBO, E QUE SEJAM COLOCADOS TAMBÉM DOIS REDUTORES DE VELOCIDADE, UM PERTO DA ASSOCIAÇÃO E OUTRO PERTO DO CAMPO DE AREIA._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2476/indicacao_174.09.todos.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2476/indicacao_174.09.todos.ok.pdf</t>
   </si>
   <si>
     <t>CM 174/09 - INDICAM AO EXECUTIVO O ESTUDO DA VIABILIDADE DE ESTENDER TAMBÉM AOS SERVIDORES PÚBLICOS MUNICIPAIS APOSENTADOS O VALE REFEIÇÃO, ATÉ PORQUE NO ÚLTIMO REAJUSTE DOS VENCIMENTOS FORAM OS MAIS PREJUDICADOS, RECEBENDO APENAS 3% DE REAJUSTE EM SEUS SALÁRIOS. AUTORIA: TODOS OS VEREADORES</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2477/indicacao_184.09.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2477/indicacao_184.09.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 184/09 - INDICA AO EXECUTIVO A COLOCAÇÃO DE MATERIAL (SAIBRO) NA RUA SATURNINO DA SILVA, NO BAIRRO QUILOMBO, NO TRECHO DA RUA QUE AINDA NÃO RECEBEU PAVIMENTAÇÃO._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2478/indicacao_185.09.paulo.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2478/indicacao_185.09.paulo.ok.pdf</t>
   </si>
   <si>
     <t>CM 185/09 - INDICA AO EXECUTIVO, COM ESPECIAL EMPENHO E REITERANDO PEDIDO APRESENTADO ANTERIORMENTE PELO VEREADOR ERICO MEIRELLES DE CONSTRUÇÃO DE UMA CRECHE NO BAIRRO NAVEGANTES, E QUE A MESMA SEJA CONSTRUÍDA EM FRENTE À ESCOLA MUNICIPAL CORONEL PEDRO DE ALENCASTRO GUIMARÃES, EM TERRENO PERTENCENTE AO MUNICÍPIO._x000D_
 AUTOR: SÉRGIO PAULO COELHO</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2479/indicacao_186.09.paulo.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2479/indicacao_186.09.paulo.ok.pdf</t>
   </si>
   <si>
     <t>CM 186/09 - INDICA AO EXECUTIVO, A PEDIDO DOS MORADORES, O CONSERTO DA PARADA DE ÔNIBUS EXISTENTE NA ENTRADA DA ESTRADA DA TAFONA, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. SÉRGIO PAULO COELHO</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2481/indicacao_187.09.paulo.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2481/indicacao_187.09.paulo.ok.pdf</t>
   </si>
   <si>
     <t>CM 187/09 - INDICA AO EXECUTIVO, COM ESPECIAL EMPENHO, QUE OS BRINQUEDOS DO "PLAYGROUND" EXISTENTE NA ÁREA DA PRAINHA SEJAM RESTAURADOS._x000D_
 AUTOR: VER. SÉRGIO PAULO COELHO</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2482/indicacao_188.09.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2482/indicacao_188.09.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 188/09 - INDICA AO EXECUTIVO QUE SEJAM TAPADOS OS BURACOS EXISTENTES NA RUA ANTONIO PRADO, PRÓXIMO À PONTE, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2483/indicacao_194.09.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2483/indicacao_194.09.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 194/09 - INDICA AO EXECUTIVO QUE SEJA ESTUDADA A POSSIBILIDADE DE DESAPROPRIAÇÃO DA ÁREA DE TERRAS SITUADA ENTRE AS RUA ODERICH, JOÃO ALFREDO, CORONEL GUIMARÃES E AQUIDABAN, AO LADO DA SANTINHA, NO BAIRRO NAVEGANTES._x000D_
 AUTOR: VER. CLÓVIS ALBERTO PIRES DUARTE</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2484/indicacao_195.09.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2484/indicacao_195.09.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 195/09 - INDICA AO EXECUTIVO A COLOCAÇÃO DE GRANDES LIXEIRAS EM PONTOS ESTRATÉGICOS , ALÉM DE PROMOVER CAMPANHAS DE CONSCIENTIZAÇÃO SOBRE A NÃO COLOCAÇÃO DE LIXO EM LOCAIS INADEQUADOS PARA TAL E MAIOR DIVULGAÇÃO SOBRE OS DIAS E HORÁRIOS DE RECOLHIMENTO PELA EMPRESA RESPONSÁVEL._x000D_
 AUTOR: VER. CLÓVIS ALBERTO PIRES DUARTE</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2485/indicacao_196.09.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2485/indicacao_196.09.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 196/09 - INDICA AO EXECUTIVO, A PEDIDO DE MORADORES DA RUA ADÃO VIEIRA, QUE SEJAM TOMADAS AS PROVIDÊNCIAS LEGAIS CABÍVEIS, COMO POR EXEMPLO A SINALIZAÇÃO DE TRÂNSITO E A COLOCAÇÃO DE ALGUM TIPO DE REDUTOR DE VELOCIDADE, BEM COMO MAIOR FISCALIZAÇÃO POR PARTE DA GUARDA MUNICIPAL, A FIM DE GARANTIR A SEGURANÇA E O BEM ESTAR DA COMUNIDADE._x000D_
 AUTOR: VER. CLÓVIS ALBERTO PIRES DUARTE</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2486/indicacao_205.09.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2486/indicacao_205.09.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 205/09 - INDICA AO EXECUTIVO QUE SEJAM TOMADAS PROVIDÊNCIAS PARA A REALIZAÇÃO DA PINTURA DA FAIXA AMARELA, NO CENTRO (MEIO) DA ESTRADA DA BARRA, PARTE ASFALTADA QUE INICIA NA RS 122 E ESTENDE-SE ATÉ O CAMPO DE FUTEBOL DA A.E.R ALTANEIRO, NA LOCALIDADE DA BARRA DA CADEIA._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2487/indicacao_220.09.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2487/indicacao_220.09.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 220/09 - INDICA AO EXECUTIVO QUE SEJAM PROCEDIDOS MELHORAMENTOS NA ESTRADA MUNICIPAL  BARRA/PARECI VELHO NO TRECHO ASFALTADO E NOS PONTOS LOCALIZADOS PRÓXIMOS À FÁBRICA DE PICOLÉ E TELEFONE PÚBLICO (ORELHÃO), EM FRENTE A RESIDÊNCIA DO SENHOR NESTOR KLEIN E, TAMBÉM, EM FRENTE A RESIDÊNCIA DO SENHOR MARCOS CHRIST, A ESQUERDA NO SENTIDO LAJEADINHO A PARECI VELHO._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2488/indicacao_231.09.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2488/indicacao_231.09.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 231/09 - INDICA AO EXECUTIVO QUE SEJA FEITA A COLOCAÇÃO DE MATERIAL (SAIBRO) NO FINAL DA RUA BENTO GONÇALVES E NO FINAL DA RUA JOSÉ LUIZ DE PAULA._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2489/indicacao_232.09.roque.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2489/indicacao_232.09.roque.ok.pdf</t>
   </si>
   <si>
     <t>CM 232/09 - INDICA AO EXECUTIVO A CONCLUSÃO DOS TRABALHOS DE COLOCAÇÃO DE CANOS PARA ÁGUA POTÁVEL NA LOCALIDADE DE CAMPESTRE SANTA TERESINHA, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. ROQUE SCHRÖDER</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2490/indicacao_233.09.vilson.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2490/indicacao_233.09.vilson.ok.pdf</t>
   </si>
   <si>
     <t>CM 233/09 - INDICA AO PODER EXECUTIVO MUNICIPAL QUE SEJA COLOCADO REDE DE ÁGUA NA ESTRADA QUE VAI DO ARROIO BONITO À VIGIA NO TRECHO DO ENTRE O SR. MILTON WISSMANN ATÉ PRÓXIMO A ESTRADA DA VIGIA._x000D_
 AUTOR: VER. VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2491/indicacao_234.09.vilson.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2491/indicacao_234.09.vilson.ok.pdf</t>
   </si>
   <si>
     <t>CM 234/09 - INDICA AO PODER EXECUTIVO MUNICIPAL QUE SEJA FEITO UM ESTUDO DE VIABILIZAÇÃO PARA FAZER CANTEIROS CENTRAL NA RUA JOÃO PEREIRA, ENTRE A AV. EGIDIO MACHAELSEN E A RUA MARECHAL DEODORO DA FONSECA._x000D_
 AUTOR: VER. VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2492/indicacao_235.09.vilson.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2492/indicacao_235.09.vilson.ok.pdf</t>
   </si>
   <si>
     <t>CM 235/09 - INDICA AO PODER EXECUTIVO MUNICIPAL QUE SEJA ADQUIRIDO MATERIAL DE ILUMINAÇÃO PÚBLICA PARA SER COLOCADOS EM LOCAIS QUE ESTÃO EM DEFICIÊNCIA. ESTES MATERIAIS SÃO LUMINÁRIAS A SEREM COLOCADAS NOS POSTES._x000D_
 AUTOR: VER. VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2493/indicacao_256.09.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2493/indicacao_256.09.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 256/09 - INDICA AO SR. PREFEITO MUNICIPAL QUE SEJA INSTALADA UM PONTO DE ILUMINAÇÃO PÚBLICA, NAS PROXIMIDADES DA PARADA DE ÔNIBUS LOCALIZADA NA RS 122, TREVO DE RETORNO E ACESSO À RUA QUE PASSA EM FRENTE A EEEF "PROF. ANTÔNIO DE AZEVEDO", NO BAIRRO CONCEIÇÃO, SÃO SEBASTIÃO DO CAÍ._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2494/indicacao_257.09.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2494/indicacao_257.09.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 257/09 - INDICA AO SR. PREFEITO MUNICIPAL QUE SEJAM TOMADAS AS PROVIDÊNCIAS CABÍVEIS PARA A RETIRADA DOS EUCALIPTOS, JÁ MUITO DESENVOLVIDOS, LOCALIZADOS NO LIMITE DA ÁREA (PARTE) MAIS ANTIGA DO CEMITÉRIO MUNICIPAL._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2495/indicacao_258.09.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2495/indicacao_258.09.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 258/09 - INDICAM AO EXECUTIVO QUE SEJA ANALISADA A POSSIBILIDADE DE ALTERAÇÃO NO HORÁRIO EM QUE OS VARREDORES DE RUA EXECUTAM ESSA TAREFA._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS E OUTROS.</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2496/indicacao_281.09.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2496/indicacao_281.09.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 281/09 - INDICA AO EXECUTIVO O CONSERTO DO CALÇAMENTO NO TRECHO FINAL DA RUA CONHECIDA COMO JACQUES NORONHA, LOTEAMENTO RIO DA MATA, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2497/indicacao_282.09.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2497/indicacao_282.09.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 282/09 - INDICA AO EXECUTIVO QUE A SECRETARIA DE OBRAS FAÇA UMA VERIFICAÇÃO DA REDE DE ESGOTO NO INÍCIO DA RUA BENTO GONÇALVES, BAIRRO QUILOMBO._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2480/indicacao_292.09.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2480/indicacao_292.09.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 292/09 - INDICA AO EXECUTIVO QUE SEJA REALIZADA A COLOCAÇÃO DE CANOS NA RUA VEREADOR JOSÉ GOULART, NO LOTEAMENTO SÃO JOSÉ, FUNDOS DA RESIDÊNCIA Nº 88, DA SRA. ÁUREA, CONFORME PEDIDO DOS MORADORES, CONSTANTE DO ABAIXO-ASSINADO ANEXO._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2296/projeto.265.cleber.decreto.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2296/projeto.265.cleber.decreto.ok.pdf</t>
   </si>
   <si>
     <t>CM 265/09 - OUTORGA O TÍTULO DE "CIDADÃO CAIENSE" AO SENHOR ALCEU SILVEIRA DE ALMEIDA._x000D_
 AUTOR: VER. CLÉBER BALCH SCHRÖEDER</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2297/projeto.266.vilson.decreto.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2297/projeto.266.vilson.decreto.ok.pdf</t>
   </si>
   <si>
     <t>CM 266/09 - OUTORGA O TÍTULO DE "CIDADÃO CAIENSE" AO SENHOR ARNO JOSÉ SCHLICKMANN._x000D_
 AUTOR: VER. VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2298/projeto.267.vilson.decreto.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2298/projeto.267.vilson.decreto.ok.pdf</t>
   </si>
   <si>
     <t>CM 267/09 - OUTORGA O TÍTULO DE "CIDADÃO CAIENSE" À PROFESSORA JANE BOHN. _x000D_
 AUTOR: VER. VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2299/projeto.268.vilson.decreto.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2299/projeto.268.vilson.decreto.ok.pdf</t>
   </si>
   <si>
     <t>CM 268/09 - OUTORGA O TÍTULO DE "CIDADÃO CAIENSE" AO DOUTOR ARNO EUGENIO CARRARD. _x000D_
 AUTOR: VER. VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2300/projeto.269.anastacio.decreto.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2300/projeto.269.anastacio.decreto.ok.pdf</t>
   </si>
   <si>
     <t>CM 269/09 - OUTORGA O TÍTULO DE "CIDADÃO CAIENSE" AO PASTOR ACÁCIO BRIZOLA FRICK. _x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>JOSÉ ALCEU DE PAULA</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2301/projeto.270.alceu.decreto.ok_suNo2sf.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2301/projeto.270.alceu.decreto.ok_suNo2sf.pdf</t>
   </si>
   <si>
     <t>CM 270/09 - OUTORGA O TÍTULO DE "CIDADÃO CAIENSE" AO SENHOR ADAIL ANTONIO ROSSETTI.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2365/projeto.leicomplementar.01.2009_cod_posturas.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2365/projeto.leicomplementar.01.2009_cod_posturas.ok.pdf</t>
   </si>
   <si>
     <t>PM 01/2009 - CM 282/09 - DISPÕE SOBRE O CÓDIGO DE POSTURAS DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2196/projeto.executivo.001.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2196/projeto.executivo.001.ok.pdf</t>
   </si>
   <si>
     <t>PM 001/2009 - CM 001/09 - ALTERA O NÚMERO DE VAGAS DO CARGO DE MÉDICO NO QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART. 3º DA LEI 2.600 DE 10 DE DEZEMBRO DE 2004, CRIA O PADRÃO 13 DE VENCIMENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2197/projeto.executivo.002.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2197/projeto.executivo.002.ok.pdf</t>
   </si>
   <si>
     <t>PM 002/2009 - CM 002/09 - CRIA O CARGO EFETIVO DE LAVADOR DE VEÍCULOS NO SERVIÇO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2198/projeto.executivo.003.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2198/projeto.executivo.003.ok.pdf</t>
   </si>
   <si>
     <t>PM 003/2009 - CM 003/09 - ALTERA O QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS CONSTANTES DO ART. 14 DA LEI Nº 2.600, DE 10 DE DEZEMBRO DE 2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2199/projeto.executivo.004.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2199/projeto.executivo.004.ok.pdf</t>
   </si>
   <si>
     <t>PM 004/2009 - CM 004/09 - ALTERA A REDAÇÃO DO ARTIGO 42 DA LEI 2.923/08, DE 04 DE ABRIL DE 2008, JÁ ALTERADO PELA LEI 2.935, DE 16 DE MAIO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2200/projeto.executivo.005.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2200/projeto.executivo.005.ok.pdf</t>
   </si>
   <si>
     <t>PM 005/2009 - CM 005/09 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - LAVADOR DE VEÍCULOS, MÉDICOS, NUTRICIONISTA E ENGENHEIRO AGRÔNOMO - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2201/projeto.executivo.006.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2201/projeto.executivo.006.ok.pdf</t>
   </si>
   <si>
     <t>PM 006/2009 - CM 015/09 - CONCEDE SUBVENÇÃO SOCIAL PARA A MANUTENÇÃO DAS ATIVIDADES DA SOCIEDADE CIVIL CORPO DE BOMBEIROS VOLUNTÁRIOS DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2202/projeto.executivo.007.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2202/projeto.executivo.007.ok.pdf</t>
   </si>
   <si>
     <t>PM 007/2009 - CM 016/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A APAE PARA O ATENDIMENTO DE CRIANÇAS EXCEPCIONAIS RESIDENTES NO TERRITÓRIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2203/projeto.executivo.008.ok.ret..pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2203/projeto.executivo.008.ok.ret..pdf</t>
   </si>
   <si>
     <t>PM 008/2009 - CM 017/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O CÍRCULO DE MÁQUINAS DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2204/projeto.executivo.009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2204/projeto.executivo.009.ok.pdf</t>
   </si>
   <si>
     <t>PM 009/2009 - CM 018/09 - CONCEDE SUBVENÇÃO SOCIAL À ASSOCIAÇÃO ESCOLA DOS DEFICIENTES VISUAIS DO VALE DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2207/projeto.executivo.010.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2207/projeto.executivo.010.ok.pdf</t>
   </si>
   <si>
     <t>PM 010/2009 - CM 019/09 - INSTITUI O CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO PARA O EXERCÍCIO DE 2009.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2208/projeto.executivo.011.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2208/projeto.executivo.011.ok.pdf</t>
   </si>
   <si>
     <t>PM 011/2009 - CM 020/09 - ALTERA A REDAÇÃO DO ART. 2º E DO ART. 3º DA LEI Nº 2.975, DE 10 DE JANEIRO DE 2009.</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2209/projeto.executivo.012.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2209/projeto.executivo.012.ok.pdf</t>
   </si>
   <si>
     <t>PM 012/2009 - CM 021/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O INSTITUTO DE ESTUDOS, PESQUISAS E DESENVOLVIMENTO HUMANO E PROFISSIONAL DE ALTA PERFORMANCE - INOVAÇÃO - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2210/projeto.executivo.013.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2210/projeto.executivo.013.ok.pdf</t>
   </si>
   <si>
     <t>PM 013/2009 - CM 022/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO, COM A ASSOCIAÇÃO CONGREGAÇÃO SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2211/projeto.executivo.014.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2211/projeto.executivo.014.ok.pdf</t>
   </si>
   <si>
     <t>PM 014/2009 - CM 23/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO, COM A ASSOCIAÇÃO CONGREGAÇÃO SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2212/projeto.executivo.015.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2212/projeto.executivo.015.ok.pdf</t>
   </si>
   <si>
     <t>PM 015/2009 - CM 024/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO, COM A ASSOCIAÇÃO  CONGREGAÇÃO SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2213/projeto.executivo.016.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2213/projeto.executivo.016.ok.pdf</t>
   </si>
   <si>
     <t>PM 016/2009 - CM 026/09 - AUTORIZA O EXECUTIVO MUNICIPAL A REPASSAR AOS AGENTES COMUNITÁRIOS DA SAÚDE INCENTIVO FINANCEIRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2214/projeto.executivo.017.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2214/projeto.executivo.017.ok.pdf</t>
   </si>
   <si>
     <t>PM 017/2009 - CM 027/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO RIOGRANDENSE DE EMPREENDIMENTOS DE ASSISTÊNCIA TÉCNICA E EXTENSÃO RURAL EMATER/RS, JUNTAMENTE COM A ASSOCIAÇÃO SULINA DE CRÉDITO E ASSISTÊNCIA RURAL - ASCAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2215/projeto.executivo.018.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2215/projeto.executivo.018.ok.pdf</t>
   </si>
   <si>
     <t>PM 018/2009 - CM 028/09 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 28.810,97 (VINTE E OITO MIL, OITOCENTOS E DEZ REAIS E NOVENTA E SETE CENTAVOS) PARA SUBVENÇÃO À ASSOCIAÇÃO CONGREGAÇÃO SANTA CATARINA E AQUISIÇÃO DE MATERIAL DE CONSUMO PARA AMBULATÓRIOS DA SECRETARIA MUNICIPAL DA SAÚDE.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2216/projeto.executivo.019.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2216/projeto.executivo.019.ok.pdf</t>
   </si>
   <si>
     <t>PM 019/2009 - CM 029/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE ACORDO DE COOPERAÇÃO TÉCNICA COM A DELEGACIA FEDERAL DE AGRICULTURA NO RS, CONTRATAR EMERGENCIALMENTE EM MÉDICO VETERINÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2217/projeto.executivo.020.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2217/projeto.executivo.020.ok.pdf</t>
   </si>
   <si>
     <t>PM 020/2009 - CM 030/09 - CONCEDE UM AUXÍLIO FINANCEIRO NO VALOR DE R$ 1.200,00 (HUM MIL E DUZENTOS REAIS) AO CÍRCULO DE PAIS E MESTRES DA ESCOLA ESTADUAL DE ENSINO MÉDIO FELIPE CAMARÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2218/projeto.executivo.021.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2218/projeto.executivo.021.ok.pdf</t>
   </si>
   <si>
     <t>PM 021/2009 - CM 031/09 - CONCEDE UMA SUBVENÇÃO SOCIAL DE R$ 8.400 (OITO MIL E QUATROCENTOS REAIS) PARA A ASSOCIAÇÃO OBRA NOVA DE SÃO MIGUEL ARCANJO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2219/projeto.executivo.022.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2219/projeto.executivo.022.ok.pdf</t>
   </si>
   <si>
     <t>PM 022/2009 - CM 032/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONTRATO DE COOPERAÇÃO TÉCNICA COM A FUNDAÇÃO GAÚCHA DO TRABALHO E AÇÃO SOCIAL - FGTAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2220/projeto.executivo.023.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2220/projeto.executivo.023.ok.pdf</t>
   </si>
   <si>
     <t>PM 023/2009 - CM 033/09 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - MECÂNICO E VIGILANTES - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2221/projeto.executivo.024.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2221/projeto.executivo.024.ok.pdf</t>
   </si>
   <si>
     <t>PM 024/2009 - CM 045/09 - ALTERA O NÚMERO DE VAGAS DO CARGO DE PSICÓLOGO, VIGILANTE, MECÂNICO E FISCAL MUNICIPAL, NO QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART. 3º DA LEI 2.600 DE 10 DE DEZEMBRO DE 2004, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2222/projeto.executivo.025.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2222/projeto.executivo.025.ok.pdf</t>
   </si>
   <si>
     <t>PM 025/2009 - CM 051/09 - AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O ESTADO DO RIO GRANDE DO SUL, POR INTERMÉDIO DA SECRETARIA DA SEGURANÇA PÚBLICA, COM A INTERVENIÊNCIA DO INSTITUTO GERAL DE PERÍCIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2223/projeto.executivo.026.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2223/projeto.executivo.026.ok.pdf</t>
   </si>
   <si>
     <t>PM 026/2009 - CM 052/09 - AUTORIZA O EXECUTIVO MUNICIPAL A ADQUIRIR UM IMÓVEL PARA FINS DE CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA PARA A ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL DAVI CANABARRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2224/projeto.executivo.027.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2224/projeto.executivo.027.ok.pdf</t>
   </si>
   <si>
     <t>PM 027/2009 - CM 053/09 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 87.750,00 (OITENTA E SETE MIL, SETECENTOS E CINQUENTA REAIS) PARA AQUISIÇÃO DE UM CAMINHÃO.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2225/projeto.executivo.028.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2225/projeto.executivo.028.ok.pdf</t>
   </si>
   <si>
     <t>PM 028/2009 - CM 054/09 - REGULAMENTA NO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ O TRATAMENTO DIFERENCIADO E FAVORECIDO ÀS MICROEMPRESAS E EMPRESAS DE PEQUENO PORTE DE QUE TRATA A LEI COMPLEMENTAR FEDERAL Nº 123, DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2226/projeto.executivo.029.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2226/projeto.executivo.029.ok.pdf</t>
   </si>
   <si>
     <t>PM 029/2009 - CM 055/09 - ESTABELECE A ESTRITURA ADMINISTRATIVA BÁSICA DO EXECUTIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>PM 030/2009 - CM 056/09 - CRIA O PRODEC - PROGRAMA DE DESENVOLVIMENTO ECONÔMICO DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2228/projeto.executivo.032.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2228/projeto.executivo.032.ok.pdf</t>
   </si>
   <si>
     <t>PM 032/2009 -CM 065/09 - DISPÕE SOBRE A ORGANIZAÇÃO DO SISTEMA MUNICIPAL DE DEFESA DO CONSUMIDOR - SDMC - INSTITUI A COORDENADORIA MUNICIPAL DE PROTEÇÃO E DEFESA DO CONSUMIDOR - PROCON, O CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DO CONSUMIDOR - CONDECON, E INSTITUI O FUNDO MUNICIPAL DE PROTEÇÃO E DEFESA DO CONSUMIDOR - FMDC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2229/projeto.executivo.033.ok.ret..pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2229/projeto.executivo.033.ok.ret..pdf</t>
   </si>
   <si>
     <t>PM 033/2009 - CM 066/09 - INSTITUI O PRODAP - PROGRAMA DE DESENVOLVIMENTO AGROPECUÁRIO DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2230/projeto.executivo.034.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2230/projeto.executivo.034.ok.pdf</t>
   </si>
   <si>
     <t>PM 034/2009 - CM 067/09 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - PROFESSORES E SERVENTES - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2231/projeto.executivo.035.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2231/projeto.executivo.035.ok.pdf</t>
   </si>
   <si>
     <t>PM 035/2009 - CM 069/09 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 25.000,00 (VINTE E CINCO MIL REAIS) PARA ATENDER DESPESAS RELACIONADAS À SENTENÇAS JUDICIAIS DE CUNHO PREVIDENCIÁRIO.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2232/projeto.executivo.036.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2232/projeto.executivo.036.ok.pdf</t>
   </si>
   <si>
     <t>PM 036/2009 - CM 072/09  - ALTERA A ESTRUTURA ADMINISTRATIVA, RENOMEIA E EXCLUI ÓRGÃOS DA ADMINISTRAÇÃO DIRETA MUNICIPAL, CRIA UNIDADES ORÇAMENTÁRIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2234/projeto.executivo.037.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2234/projeto.executivo.037.ok.pdf</t>
   </si>
   <si>
     <t>PM 037/2009 - CM 073/09 - ALTERA A REDAÇÃO DA LEI 2.733 DE 23 DE DEZEMBRO DE 2005, QUE CONCEDE AOS SERVIDORES PÚBLICOS MUNICIPAIS ESTATUTÁRIOS O BENEFÍCIO DO VALE TRANSPORTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2235/projeto.executivo.038.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2235/projeto.executivo.038.ok.pdf</t>
   </si>
   <si>
     <t>PM 038/2009 - CM 074/09 - AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÕES DE CRÉDITO COM O BANCO DO ESTADO DO RIO GRANDE DO SUL S.A. - BANRISUL, COMO AGENTE DO SISTEMA BNDES, PARA AQUISIÇÃO DE MÁQUINAS E EQUIPAMENTOS RODOVIÁRIOS.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2236/projeto.executivo.039.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2236/projeto.executivo.039.ok.pdf</t>
   </si>
   <si>
     <t>PM 039/2009 - CM 075/09 - ALTERA A REDAÇÃO DA LEI 2.905, DE 25 DE JANEIRO DE 2008, QUE AUTORIZA O EXECUTIVO MUNICIPAL A REPASSAR RECURSOS AS ESCOLAS MUNICIPAIS E DISPÕE SOBRE SUA GESTÃO FINANCEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2238/projeto.executivo.041.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2238/projeto.executivo.041.ok.pdf</t>
   </si>
   <si>
     <t>PM 041/2009 - CM 076/09 - CONCEDE UM AUXÍLIO FINANCEIRO NO VALOR DE R$ 1.000,00 (HUM MIL REAIS) À ASSOCIAÇÃO DOS ORQUIDÓFILOS DE FELIZ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2237/projeto.executivo.040.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2237/projeto.executivo.040.ok.pdf</t>
   </si>
   <si>
     <t>PM 040/2009 - CM 077/09 - ALTERA O QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS CONSTANTES DO ART. 14 DA LEI Nº 2.600, DE 10 DE DEZEMBRO DE 2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2239/projeto.executivo.042.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2239/projeto.executivo.042.ok.pdf</t>
   </si>
   <si>
     <t>PM 042/2009 - CM 078/09 - DISPÕE SOBRE O PAGAMENTO DE DIÁRIAS AOS SERVIDORES MUNICIPAIS, CONSOLIDA LEGISLAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2240/projeto.executivo.043.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2240/projeto.executivo.043.ok.pdf</t>
   </si>
   <si>
     <t>PM 043/2009 - CM 079/09 - ALTERA A REDAÇÃO DOS ARTIGOS 3º E 4º DA LEI Nº 1.477, DE 29 DE JUNHO DE 1991, QUE CRIA O CONSELHO MUNICIPAL DE SAÚDE - CMS, REVOGA A LEI 2.061 DE 29 DE MAIO DE 1998 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2241/projeto.executivo.044.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2241/projeto.executivo.044.ok.pdf</t>
   </si>
   <si>
     <t>PM 044/2009 - CM 080/09 - ALTERA A REDAÇÃO DO ART. 3º DA LEI Nº 1.844, DE 04 DE AGOSTO DE 1995 , QUE INSTITUIU O CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL - CMAS.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2242/projeto.executivo.045.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2242/projeto.executivo.045.ok.pdf</t>
   </si>
   <si>
     <t>PM 045/2009 - CM 084/09 - AUTORIZA O EXECUTIVO MUNICIPAL A DESENVOLVER AÇÕES PARA IMPLEMENTAR O PROGRAMA DE SUBSÍDIO À HABILITAÇÃO DE INTERESSE SOCIAL - P.S.H., ESTABELECIDO PELA LEI FEDERAL Nº 10.998, DE 15 DE DEZEMBRO DE 2004.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2243/projeto.executivo.046.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2243/projeto.executivo.046.ok.pdf</t>
   </si>
   <si>
     <t>PM 046/2009 - CM 085/09 - AUTORIZA OS TITULARES DOS CARGOS DE CONFIANÇA, CONSELHEIROS TUTELARES E DEMAIS SERVIDORES EFETIVOS, EM CARÁTER EXCEPCIONAL, A DIRIGIR VEÍCULOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2244/projeto.executivo.047.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2244/projeto.executivo.047.ok.pdf</t>
   </si>
   <si>
     <t>PM 047/2009 - CM 86/09 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 35.297,06 (TRINTA E CINCO MIL, DUZENTOS E NOVENTA E SETE REAIS E SEIS CENTAVOS) PARA ATENDER DESPESAS RELACIONADAS À GUARDA MUNICIPAL.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2245/projeto.executivo.048.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2245/projeto.executivo.048.ok.pdf</t>
   </si>
   <si>
     <t>PM 048/2009 - CM 087/09 - CRIA A COMISSÃO PERMANENTE DE SINDICÂNCIA E PROCESSO ADMINISTRATIVO DISCIPLINAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2246/projeto.executivo.049.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2246/projeto.executivo.049.ok.pdf</t>
   </si>
   <si>
     <t>PM 049/2009 - CM 088/09 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - AUXILIAR DE EDUCAÇÃO INFANTIL - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2247/projeto.executivo.050.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2247/projeto.executivo.050.ok.pdf</t>
   </si>
   <si>
     <t>PM 050/2009 - CM 089/09 - ALTERA O NÚMERO DE VAGAS DO CARGO DE AUXILIAR DE EDUCAÇÃO INFANTIL, MOTORISTA, PROFESSOR, PROFESSOR DE DEFICIÊNCIA MENTAL, SERVENTE E TÉCNICO EM ENFERMAGEM, NO QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART 3º DA LEI 2.600 DE 10 DE DEZEMBRO DE 2004, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2248/projeto.executivo.051.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2248/projeto.executivo.051.ok.pdf</t>
   </si>
   <si>
     <t>PM 051/2009 - CM 090/09 - SUSPENDE A EFICÁCIA DA LEI Nº 2.969, DE 19 DE DEZEMBRO DE 2008, ALTERA A REDAÇÃO DO ARTIGO 2º DA MESMA LEI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2249/projeto.executivo.052.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2249/projeto.executivo.052.ok.pdf</t>
   </si>
   <si>
     <t>PM 052/2009 - CM 091/09 - CONCEDE SUBVENÇÃO SOCIAL À SOCIEDADE CULTURAL DOS CANTORES DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2253/projeto.executivo.053.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2253/projeto.executivo.053.ok.pdf</t>
   </si>
   <si>
     <t>PM 053/2009 - CM 098/09 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 48.750,00 (QUARENTA E OITO MIL E SETECENTOS E CINQUENTA REAIS) PARA AQUISIÇÃO DE UM CAMINHÃO.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2254/projeto.executivo.054.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2254/projeto.executivo.054.ok.pdf</t>
   </si>
   <si>
     <t>PM 054/2009 - CM 103/09 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 29.740,27 (VINTE E NOVE MIL, SETECENTOS E QUARENTA REAIS E VINTE E SETE CENTAVOS) PARA SUBVENÇÃO À ASSOCIAÇÃO CONGREGAÇÃO SANTA CATARINA E AQUISIÇÃO DE MATERIAL DE CONSUMO PARA AMBULATÓRIOS DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2255/projeto.executivo.055.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2255/projeto.executivo.055.ok.pdf</t>
   </si>
   <si>
     <t>PM 055/2009 - CM 104/09 - FIXA NORMAS PARA A REVISÃO GERAL E ANUAL DOS VENCIMENTOS E DOS SUBSÍDIOS DOS SERVIDORES PÚBLICOS MUNICIPAIS, DOS PROVENTOS DOS APOSENTADOS E DAS PENSÕES, E DOS SUBSÍDIOS DOS EXERCENTES DE MANDATO ELETIVO, DOS PODERES EXECUTIVO E LEGISLATIVO DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2256/projeto.executivo.056.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2256/projeto.executivo.056.ok.pdf</t>
   </si>
   <si>
     <t>PM 056/2009 - CM 111/09 - ALTERA A REDAÇÃO DO ARTIGO 3º DA LEI 2.547, DE 02 DE ABRIL DE 2004, QUE DISPÕE SOBRE A CONCESSÃO DE VALES-REFEIÇÃO AOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2257/projeto.executivo.057.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2257/projeto.executivo.057.ok.pdf</t>
   </si>
   <si>
     <t>PM 057/2009 - CM 112/09 - AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER REAJUSTE DE VENCIMENTOS E SALÁRIOS AOS SERVIDORES PÚBLICOS MUNICIPAIS, ATIVOS, INATIVOS E PENSIONISTAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2258/projeto.executivo.058.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2258/projeto.executivo.058.ok.pdf</t>
   </si>
   <si>
     <t>PM 058/2009 - CM 113/09 - ALTERA DE ZONA RESIDENCIAL PARA ZONA MISTA, NOS TERMOS DOS MAPAS ANEXOS AO PLANO DIRETOR DO MUNICÍPIO, CONFORME CONSTA NO ARTIGO 35 DA LEI Nº 2.802, DE 09 DE DEZEMBRO DE 2006, A ÁREA DELIMITADA PELO ENTORNO E ADJACÊNCIAS DA AVENIDA NELSON HOFF, EM VILA CONCEIÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2282/projeto.116.mesa.subsidio_vereadores.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2282/projeto.116.mesa.subsidio_vereadores.ok.pdf</t>
   </si>
   <si>
     <t>CM 116/09 - REAJUSTA NO MÊS DE ABRIL DE 2009 0 SUBSÍDIO DOS VEREADORES.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2283/projeto.117.mesa.subsidio_prefeito.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2283/projeto.117.mesa.subsidio_prefeito.ok.pdf</t>
   </si>
   <si>
     <t>CM 117/09 - REAJUSTA NO MÊS DE ABRIL DE 2009 OS SUBSÍDIOS DO PREFEITO MUNICIPAL E DO VICE-PREFEITO.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2284/projeto.118.mesa.subsidio_secretarios.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2284/projeto.118.mesa.subsidio_secretarios.ok.pdf</t>
   </si>
   <si>
     <t>CM 118/09 - REAJUSTA NO MÊS DE ABRIL DE 2009 O SUBSÍDIO DOS SECRETÁRIOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2259/projeto.executivo.059.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2259/projeto.executivo.059.ok.pdf</t>
   </si>
   <si>
     <t>PM 059/2009 - CM 122/09 - AUTORIZA O PODER A CONCEDER INCENTIVO À AGROSUL  AGROVÍCOLA INDUSTRIAL S.A., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2260/projeto.executivo.061.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2260/projeto.executivo.061.ok.pdf</t>
   </si>
   <si>
     <t>PM 061/2009 - CM 123/09 - INSTITUI O PAGAMENTO DE PARCELA INDENIZATÓRIA PARA OS AGENTES COMUNITÁRIOS DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2262/projeto.executivo.062.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2262/projeto.executivo.062.ok.pdf</t>
   </si>
   <si>
     <t>PM 062/2009 - CM 127/09 - DISPÕE SOBRE O CONSELHO MUNICIPAL ANTIDROGAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2263/projeto.executivo.063.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2263/projeto.executivo.063.ok.pdf</t>
   </si>
   <si>
     <t>PM 063/2009 - CM 128/09 - CONCEDE SUBVENÇÃO SOCIAL AO GRUPO FOLCLÓRICO TAPARAPÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2264/projeto.executivo.064.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2264/projeto.executivo.064.ok.pdf</t>
   </si>
   <si>
     <t>PM 064/2009 - CM 129/09 - ALTERA REDAÇÃO DA LEI MUNICIPAL Nº 3.027, DE 16 DE ABRIL DE 2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2265/projeto.executivo.065.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2265/projeto.executivo.065.ok.pdf</t>
   </si>
   <si>
     <t>PM 065/2009 - CM 130/09 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - OPERÁRIO ESPECIALIZADO  - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2266/projeto.executivo.066.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2266/projeto.executivo.066.ok.pdf</t>
   </si>
   <si>
     <t>PM 066/2009 - CM 137/09 - ALTERA A LEI Nº 2.312, DE 28 DE DEZEMBRO DE 2001, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2267/projeto.executivo.067.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2267/projeto.executivo.067.ok.pdf</t>
   </si>
   <si>
     <t>PM 067/2009 - CM 138/09 - AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÕES DE CRÉDITO COM A CAIXA ESTADUAL S.A. - AGÊNCIA DE FOMENTO - RS, COMO AGENTE DO SISTEMA BNDES, PARA AQUISIÇÃO DE MÁQUINAS E EQUIPAMENTOS RODOVIÁRIOS.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2268/projeto.executivo.068.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2268/projeto.executivo.068.ok.pdf</t>
   </si>
   <si>
     <t>PM 068/2009 - CM 139/09 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 10.000,00 (DEZ MIL REAIS) PARA AQUISIÇÃO DE MATERIAL DE CONSUMO.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2269/projeto.executivo.069.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2269/projeto.executivo.069.ok.pdf</t>
   </si>
   <si>
     <t>PM 069/2009 - CM 140/09 - INSTITUI O PAGAMENTO DE PARCELA INDENIZATÓRIA PARA OS MOTORISTAS  DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, CULTURA E DESPORTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2285/projeto.141.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2285/projeto.141.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 141/09 - OBRIGA AS AGENCIAS BANCÁRIAS, NO ÂMBITO DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ, COLOCAR À DISPOSIÇÃO DOS USUÁRIOS PESSOAL SUFICIENTE NO SETOS DE CAIXAS._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2270/projeto.executivo.070.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2270/projeto.executivo.070.ok.pdf</t>
   </si>
   <si>
     <t>PM 070/2009 - CM 144/09 - CONCEDE SUBVENÇÃO SOCIAL À ASSOCIAÇÃO DE MORADORES DO BAIRRO QUILOMBO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2271/projeto.executivo.071.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2271/projeto.executivo.071.ok.pdf</t>
   </si>
   <si>
     <t>PM 071/2009 - CM 145/09 - ALTERA REDAÇÃO DA LEI MUNICIPAL Nº 3.035, DE 05 DE MAIO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2272/projeto.executivo.072.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2272/projeto.executivo.072.ok.pdf</t>
   </si>
   <si>
     <t>PM 072/2009 - CM 146/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO COM A ASSOCIAÇÃO OBRA NOVA DE SÃO MIGUEL ARCANJO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2288/projeto.147.erico_meirelles.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2288/projeto.147.erico_meirelles.ok.pdf</t>
   </si>
   <si>
     <t>CM 147/09 - DENOMINA DE "RUA ARMANDO KUNZLER" A VIA PÚBLICA QUE TEM SEU INÍCIO NA ESQUINA COM A RUA SATURNINO DA SILVA, NO BAIRRO QUILOMBO, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. ÉRICO MEIRELLES</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2273/projeto.executivo.073.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2273/projeto.executivo.073.ok.pdf</t>
   </si>
   <si>
     <t>PM 073/2009 - CM 148/09 - AUTORIZA O PODER EXECUTIVO A CONTRATAR FINANCIAMENTO JUNTO AO BANCO NACIONAL DE DESENVOLVIMENTO ECONÔMICO E SOCIAL - BNDES, ATRAVÉS DA CAIXA ECONÔMICA FEDERAL, NA QUALIDADE DE AGENTE FINANCEIRO, A OFERECER GARANTIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2274/projeto.executivo.074.ok.ret..pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2274/projeto.executivo.074.ok.ret..pdf</t>
   </si>
   <si>
     <t>PM 074/2009 - CM 149/09 - CRIA O PROGRAMA MUNICIPAL DE INCENTIVO AO AUMENTO DAS TRANSFERÊNCIAS PARA O MUNICÍPIO DO IMPOSTO SOBRE PROPRIEDADE DE VEÍCULOS AUTOMOTORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2275/projeto.executivo.075.ok.ret..pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2275/projeto.executivo.075.ok.ret..pdf</t>
   </si>
   <si>
     <t>PM 075/2009 - CM 150/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR O TERMO DE ACORDO DE COOPERAÇÃO TÉCNICA COM A DELEGACIA FEDERAL DE AGRICULTURA NO RS, CONTRATAR EMERGENCIALMENTE UM MÉDICO VETERINÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2276/projeto.executivo.076.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2276/projeto.executivo.076.ok.pdf</t>
   </si>
   <si>
     <t>PM 076/2009 - CM 154/09 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - SERVENTES - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2306/projeto.executivo.077.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2306/projeto.executivo.077.ok.pdf</t>
   </si>
   <si>
     <t>PM 077/2009 - CM 155/09 - DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ PARA O EXERCÍCIO DE 2010 A 2013.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2307/projeto.executivo.079.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2307/projeto.executivo.079.ok.pdf</t>
   </si>
   <si>
     <t>PM 079/2009 - CM 159/09 - ALTERA REDAÇÃO DA LEI MUNICIPAL Nº 2.547, DE 02 DE ABRIL DE 2004, PARA CONCEDER VALES - REFEIÇÃO AOS CONSELHEIROS TUTELARES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2308/projeto.executivo.080.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2308/projeto.executivo.080.ok.pdf</t>
   </si>
   <si>
     <t>PM 080/2009 - CM 160/09 - ALTERA REDAÇÃO DA LEI MUNICIPAL Nº 2312, DE 28 DE DEZEMBRO DE 2001, AMPLIANDO PARA SEI MESES A LICENÇA À GESTANTE,  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2309/projeto.executivo.081.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2309/projeto.executivo.081.ok.pdf</t>
   </si>
   <si>
     <t>PM 081/2009 - CM 161/09 - ALTERA REDAÇÃO DA LEI MUNICIPAL Nº 2.429, DE 31 DE JANEIRO DE 2003, REDUZINDO VALOR DAS GRATIFICAÇÕES DOS INTEGRANTES DO CONTROLE INTERNO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2310/projeto.executivo.082.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2310/projeto.executivo.082.ok.pdf</t>
   </si>
   <si>
     <t>PM 082/2009 - CM 162/09 - ALTERA REDAÇÃO DA LEI MUNICIPAL Nº 2.350, DE 10 DE MAIO DE 2002, REDUZINDO VALOR DAS GRATIFICAÇÕES DOS INTEGRANTES DO COADFAP,  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2311/projeto.executivo.083.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2311/projeto.executivo.083.ok.pdf</t>
   </si>
   <si>
     <t>PM 083/2009 - CM 164/09 - AUTORIZA O EXECUTIVO MUNICIPAL A ADQUIRIR UM IMÓVEL PARA FINS DE CONSTRUÇÃO DE UMA ESCOLA DE EDUCAÇÃO INFANTIL NO BAIRRO QUILOMBO  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2312/projeto.executivo.084.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2312/projeto.executivo.084.ok.pdf</t>
   </si>
   <si>
     <t>PM 084/2009 - CM 167/09 - CRIA A COORDENADORIA MUNICIPAL DE DEFESA CIVIL (COMDEC) DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2313/projeto.executivo.085.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2313/projeto.executivo.085.ok.pdf</t>
   </si>
   <si>
     <t>PM 085/2009 - CM 168/09 - AUTORIZA, EM CARÁTER DE EXCEÇÃO, O PODER EXECUTIVO A PROCEDER A AVALIAÇÃO DO ESTÁGIO PROBATÓRIO, DE FORMA RETROATIVA, A PARTIR DE 05.10.1988, DOS SERVIDORES QUE AINDA NÃO FORAM AVALIADOS  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2314/projeto.executivo.086.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2314/projeto.executivo.086.ok.pdf</t>
   </si>
   <si>
     <t>PM 086/2009 - CM 169/09 - INSTITUI O PRODAP - PROGRAMA DE DESENVOLVIMENTO AGROPECUÁRIO DE SÃO SEBASTIÃO DO CAÍ  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2315/projeto.executivo.087.retificado.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2315/projeto.executivo.087.retificado.ok.pdf</t>
   </si>
   <si>
     <t>PM 087/2009 - CM 170/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O CÍRCULO DE MÁQUINAS DE SÃO SEBASTIÃO DO CAÍ  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2289/projeto.171.erico_meirelles.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2289/projeto.171.erico_meirelles.ok.pdf</t>
   </si>
   <si>
     <t>CM 171/09 - DENOMINA DE "VEREADOR PAULO GERMANO BENNEMANN" O GINÁSIO DE ESPORTES LOCALIZADO NO BAIRRO RIO BRANCO, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. ÉRICO MEIRELLES.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2316/projeto.executivo.088.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2316/projeto.executivo.088.ok.pdf</t>
   </si>
   <si>
     <t>PM 088/2009 - CM 180/09 - AUTORIZA O EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO DO MINISTÉRIO DA AGRICULTURA, PECUÁRIA E ABASTECIMENTO O VEÍCULO FIAT UNO S, PLACAS IHT-1925, ANO E MODELO 1988, BEM COMO CUSTEAR O PAGAMENTO DE TRANSFERÊNCIA DE PROPRIEDADE DO VEÍCULO, IMPOSTOS, TAXAS, SEGURO OBRIGATÓRIO E MULTAS DE TRANSITO  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2290/projeto.181.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2290/projeto.181.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 181/2009 - DENOMINA DE "ESTRADA RECANTO DO SOSSEGO" UMA VIA PÚBLICA LOCALIZADA NA VÁRZEA DO RIO BRANCO, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2317/projeto.executivo.089.ok.ret..pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2317/projeto.executivo.089.ok.ret..pdf</t>
   </si>
   <si>
     <t>PM 089/2009 - CM 189/09 - AUTORIZA O MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ À PARTICIPAR DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DA REGIÃO DO VALE DO RIO CAÍ (CIS/CAI) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2318/projeto.executivo.090.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2318/projeto.executivo.090.ok.pdf</t>
   </si>
   <si>
     <t>PM 090/2009 - CM 190/09 - ALTERA REDAÇÃO DO ARTIGO 46 DA LEI MUNICIPAL Nº 2.923, DE 04 DE ABRIL DE 2008, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2319/projeto.executivo.092.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2319/projeto.executivo.092.ok.pdf</t>
   </si>
   <si>
     <t>PM 092/2009 - CM 191/09 - ALTERA REDAÇÃO DA LEI MUNICIPAL Nº 2.312, DE 28 DE DEZEMBRO DE 2001, INSTITUINDO ABONO DE PERMANÊNCIA , E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2320/projeto.executivo.093.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2320/projeto.executivo.093.ok.pdf</t>
   </si>
   <si>
     <t>PM 093/2009 - CM 192/09 - ALTERA O NÚMERO DE VAGAS DO CARGO DE VETERINÁRIO E NUTRICIONISTA, NO QUADRO DE CARGOS DE PROVIMENTO EFETIVO  DO ART. 3º DA LEI 2.600 DE 10 DE DEZEMBRO DE 2004, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2321/projeto.executivo.094.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2321/projeto.executivo.094.ok.pdf</t>
   </si>
   <si>
     <t>PM 094/2009 - CM 197/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO COM A ASSOCIAÇÃO CONGREGAÇÃO SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2322/projeto.executivo.095.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2322/projeto.executivo.095.ok.pdf</t>
   </si>
   <si>
     <t>PM 095/2009 - CM 198/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO  COM A ASSOCIAÇÃO SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2323/projeto.executivo.096.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2323/projeto.executivo.096.ok.pdf</t>
   </si>
   <si>
     <t>PM 096/2009 - CM 199/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO COM A ASSOCIAÇÃO SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2291/projeto.200.vilson.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2291/projeto.200.vilson.ok.pdf</t>
   </si>
   <si>
     <t>CM 200/09 - DISPÕE SOBRE A PROIBIÇÃO DE UTILIZAÇÃO DE ANIMAIS SILVESTRES OU DOMESTICADOS, NATIVOS OU EXÓTICOS EM ESPETÁCULOS CIRCENSES OU SIMILARES E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 AUTOR: VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2327/projeto.executivo.100.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2327/projeto.executivo.100.ok.pdf</t>
   </si>
   <si>
     <t>PM 100/2009 - CM 201/09 - AUTORIZA O EXECUTIVO MUNICIPAL RECEBER EM DOAÇÃO ÁREAS DE TERRAS PARA ÁREA VERDE E ÁREA DE USO INSTITUCIONAL.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2324/projeto.executivo.097.ok.ret..pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2324/projeto.executivo.097.ok.ret..pdf</t>
   </si>
   <si>
     <t>PM 097/2009 - CM 202/09 - INSTITUI O CONSELHO MUNICIPAL DE CULTURA DE SÃO SEBASTIÃO DO CAÍ, REVOGANDO AS LEIS 1.826, DE 28 DE ABRIL DE 1995 E 1.846, DE 04 DE AGOSTO DE 1995, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2326/projeto.executivo.099.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2326/projeto.executivo.099.ok.pdf</t>
   </si>
   <si>
     <t>PM 099/2009 - CM 203/09 - CRIA O ARQUIVO HISTÓRICO MUNICIPAL BERNARDO MATEUS, RESPONSABILIZA-O PELA GUARDA DO LIVRO DO TOMBO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2328/projeto.executivo.101.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2328/projeto.executivo.101.ok.pdf</t>
   </si>
   <si>
     <t>PM 101/2009 - CM 204/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO COM O CÍRCULO OPERÁRIO CAIENSE E A FEDERAÇÃO DOS CÍRCULOS OPERÁRIOS DO RIO GRANDE DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2292/projeto.206.alceu.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2292/projeto.206.alceu.ok.pdf</t>
   </si>
   <si>
     <t>CM 206/09 - INSTITUIR A "COMISSÃO PERMANENTE DE GESTÃO DO PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ"._x000D_
 AUTOR: VER. PROF ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2329/projeto.executivo.102.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2329/projeto.executivo.102.ok.pdf</t>
   </si>
   <si>
     <t>PM 102/2009 - CM 209/09 - ALTERA A REDAÇÃO DO ARTIGO 3º,IV, DA LEI MUNICIPAL Nº 2.893, DE 18 DE JANEIRO DE 2008, AMPLIANDO O PRAZO PARA O INÍCIO DA PRODUÇÃO DA EMPRESA CONCREVOGEL INDÚSTRIA DE TELHAS DE CIMENTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2330/projeto.executivo.103.2009.ok.ret..pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2330/projeto.executivo.103.2009.ok.ret..pdf</t>
   </si>
   <si>
     <t>PM 103/2009 - CM 212/09 - CRIA O FUNDO DE AVAL DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2331/projeto.executivo_104.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2331/projeto.executivo_104.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 104/2009 - CM 216/09 - ESTABELECE O PERCENTUAL MÍNIMO DE CARGOS EM COMISSÃO A SEREM PREENCHIDOS POR SERVIDORES EFETIVOS, NA FORMA DO ART. 37, V, DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2334/projeto.executivo_108.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2334/projeto.executivo_108.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 108/2009 - CM 218/09 - CONCEDE UM AUXÍLIO FINANCEIRO NO VALOR DE R$ 7.500,00 (SETE MIL E QUINHENTOS REAIS) À ASSOCIAÇÃO CAIENSE DE ESPORTES , PARA ATENDER AS DESPESAS COM A ARBITRAGEM DO CAMPEONATO CAIENSE DE FUTEBOL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2335/projeto.executivo_109.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2335/projeto.executivo_109.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 109/2009 - CM 219/09 - AUTORIZA O EXECUTIVO MUNICIPAL A ALIENAR ATRAVÉS DE LEILÃO, IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2336/projeto.executivo_110.2009_cod_tributario.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2336/projeto.executivo_110.2009_cod_tributario.ok.pdf</t>
   </si>
   <si>
     <t>PM 110/2009 - CM 221/09 - ESTABELECE O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO, CONSOLIDA A LEGISLAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2332/projeto.executivo_106.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2332/projeto.executivo_106.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 106/2009 - CM 222/09 - DISPÕE SOBRE O CONSELHO MUNICIPAL DE EDUCAÇÃO, CONSOLIDA A LEGISLAÇÃO VIGENTE, REVOGA A LEI 2.929 DE 11 DE ABRIL DE 2008 E DÁ NOVAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2333/projeto.executivo_107.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2333/projeto.executivo_107.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 107/2009 - CM 223/09 - AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DAS DEPENDÊNCIAS DOS GINÁSIOS "A" E "B" DO PARQUE CENTENÁRIO, COM EXCEÇÃO DAS CONCHAS, À ASSOCIAÇÃO CAIENSE DE ESPORTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2337/projeto.executivo_111.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2337/projeto.executivo_111.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 111/2009 - CM 224/09 - ALTERA REDAÇÃO DA LEI MUNICIPAL Nº 2.976, DE 10 DE JANEIRO DE 2009, QUE CRIOU O CARGO EFETIVO DE LAVADOR DE VEÍCULOS NO SERVIÇO PÚBLICO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2338/projeto.executivo_112.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2338/projeto.executivo_112.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 112/2009 - CM 225/09 - ALTERA REDAÇÃO DA LEI MUNICIPAL Nº 2.973, DE 19 DE DEZEMBRO DE 2008, QUE ORÇOU A RECEITA E FIXOU A DESPESA DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ PARA O EXERCÍCIO DE 2009,  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2339/projeto.executivo_113.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2339/projeto.executivo_113.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 113/2009 - CM 226/09 - CRIA O CARGO DE MONITOR DE EDUCAÇÃO INFANTIL NO QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART. 3º DA LEI 2.600, DE 10 DE DEZEMBRO DE 2004, CRIA TAMBÉM 45 (QUARENTA E CINCO) VAGAS DE MONITOR DE EDUCAÇÃO INFANTIL NO SERVIÇO PÚBLICO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2340/projeto.executivo_114.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2340/projeto.executivo_114.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 114/2009 - CM 227/09 - ALTERA A REDAÇÃO DO CAPUT DO ARTIGO 41 DA LEI Nº 2.923, DE 04 DE ABRIL DE 2008, AUMENTANDO PARA DEZ O NÚMERO DE VAGAS DO CARGO DE PROFESSOR DE EDUCAÇÃO INFANTIL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2341/projeto.executivo_115.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2341/projeto.executivo_115.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 115/2009 - CM 228/09 - ALTERA REDAÇÃO DA LEI MUNICIPAL Nº 1.958, DE 06 DE DEZEMBRO DE 1996, QUE DISPÕE SOBRE A REALIZAÇÃO DOS CONCURSOS PÚBLICOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2342/projeto.executivo_116.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2342/projeto.executivo_116.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 116/2009 - CM 229/09 - ALTERA REDAÇÃO DO PARÁGRAFO ÚNICO DO ARTIGO 10 DA LEI MUNICIPAL Nº 2.312, DE 28 DE DEZEMBRO DE 2001, REGIME JURÍDICO ÚNICO DOS SERVIDORES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2325/projeto.executivo.098.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2325/projeto.executivo.098.ok.pdf</t>
   </si>
   <si>
     <t>PM 098/2009 - CM 236/09 - DISPÕE SOBRE A PRESERVAÇÃO DO PATRIMÔNIO NATURAL E CULTURAL DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ, INSTITUI O LIVRO DO TOMBO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2344/projeto.executivo_118.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2344/projeto.executivo_118.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 118/2009 - CM 237/09 - CONCEDE UM AUXÍLIO FINANCEIRO NO VALOR DE R$ 59.849,76 (CINQUENTA E NOVE MIL, OITOCENTOS E QUARENTA E NOVE REAIS E SETENTA E SEIS CENTAVOS) À ASSOCIAÇÃO CONGREGAÇÃO SANTA CATARINA - HOSPITAL SAGRADA FAMÍLIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2348/projeto.executivo_122.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2348/projeto.executivo_122.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 122/2009 - CM 238/09 - AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÕES DE CRÉDITO COM A CAIXA ESTADUAL S.A. - AGÊNCIA DE FOMENTO - RS, COM AGENTE DO SISTEMA BNDES, PARA AQUISIÇÃO DE MÁQUINAS E EQUIPAMENTOS RODOVIÁRIOS.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2349/projeto.executivo_123.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2349/projeto.executivo_123.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 123/2009 - CM 239/09 - AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ, PARA O EXERCÍCIO DE 2009.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2343/projeto.executivo_117.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2343/projeto.executivo_117.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 117/2009 - CM 240/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO COM A ASSOCIAÇÃO BENEFICENTE DA CRIANÇA DE PAROBÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2345/projeto.executivo_119.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2345/projeto.executivo_119.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 119/2018 - CM 241/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO, COM A ASSOCIAÇÃO DE PROTEÇÃO À MATERNIDADE E À INFÂNCIA - APROMIN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2347/projeto.executivo_121.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2347/projeto.executivo_121.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 121/2009 - CM 242/09 - CONCEDE AUXÍLIO FINANCEIRO A ESTUDANTES DE ENSINO MÉDIO, PROFISSIONALIZANTE E SUPERIOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2354/projeto.executivo_128.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2354/projeto.executivo_128.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 128/2009 - CM 245/09 - ALTERA REDAÇÃO DO ARTIGO 4º DA LEI MUNICIPAL Nº 2.403, DE 22 DE NOVEMBRO DE 2002, QUE DISPENSA DO PAGAMENTO DE PASSAGENS, NAS LINHAS DE ÔNIBUS CONCEDIDAS OU PERMISSIONADAS PELO MUNICÍPIO, ÀS PESSOAS PORTADORAS DE DEFICIÊNCIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2353/projeto.executivo_127.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2353/projeto.executivo_127.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 127/2009 - CM 246/09 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - MONITOR DE EDUCAÇÃO INFANTIL E SERVENTE - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2346/projeto.executivo_120.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2346/projeto.executivo_120.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 120/2009 - CM 247/09 - DISPÕES SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 2010  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2355/projeto.executivo_129.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2355/projeto.executivo_129.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 129/2009 - CM 248/09 - AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DE AUTOMÓVEL VW/GOL PLACAS IID-0427 À ASSOCIAÇÃO OBRA NOVA SÃO MIGUEL ARCANJO E AO CONSELHO MUNICIPAL ANTIDROGAS - COMAD, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2356/projeto.executivo_130.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2356/projeto.executivo_130.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 130/2009 - CM 249/09 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - OPERÁRIO E VIGILANTE - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2351/projeto.executivo_125.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2351/projeto.executivo_125.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 125/2009 - CM 250/09 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 29.306,11 (VINTE E NOVE MIL, TREZENTOS E SEIS REAIS E ONZE CENTAVOS).</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2352/projeto.executivo_126.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2352/projeto.executivo_126.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 126/2009 - CM 251/09 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 12.886,00 (DOZE MIL, OITOCENTOS E SESSENTA E SEIS REAIS) PARA O PROGRAMA APOIO FAMILIAR - OASF - ESTADO.</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2357/projeto.executivo_131.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2357/projeto.executivo_131.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 131/2009 - CM 252/09 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 15.000,00 (QUINZE MIL REAIS).</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2358/projeto.executivo_132.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2358/projeto.executivo_132.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 132/2009 - CM 253/09 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 10.000,00 (DEZ MIL REAIS).</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2350/projeto.executivo_124.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2350/projeto.executivo_124.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 124/2009 - CM 262/09 - AUTORIZA O EXECUTIVO MUNICIPAL A ALIENAR ATRAVÉS DE LEILÃO, VEÍCULOS E BENS INSERVÍVEIS DE PROPRIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2360/projeto.executivo_134.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2360/projeto.executivo_134.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 134/2009 - CM 263/09 - CONCEDE SUBVENÇÃO SOCIAL AO PIQUETE DE LAÇADORES CHRISTIANO TEIXEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2359/projeto.executivo_133.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2359/projeto.executivo_133.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 133/2009 - CM 264/09 - ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ PARA O EXERCÍCIO FINANCEIRO DE 2010.</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2361/projeto.executivo_135.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2361/projeto.executivo_135.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 135/2009 - CM 271/09 - DISPÕE SOBRE A RATIFICAÇÃO DO ADITIVO Nº 01/2009 DO PROTOCOLO DE INTENÇÕES DO CIS/CAÍ.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2362/projeto.executivo_136.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2362/projeto.executivo_136.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 136/2009 - CM 272/09 - DISPÕE SOBRE A CRIAÇÃO DA ASSOCIAÇÃO PÚBLICA CONSÓRCIO INTERMUNICIPAL DO VALE DO RIO CAÍ (CIS/CAÍ).</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2363/projeto.executivo_137.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2363/projeto.executivo_137.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 137/2009 - CM 273/09 - CONSTITUI O GABINETE DE GESTÃO INTEGRADA MUNICIPAL - GGIM, INTEGRADO AO CONSÓRCIO INTERMUNICIPAL DO VALE DO RIO CAÍ.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2364/projeto.executivo_138.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2364/projeto.executivo_138.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 138/2009 - CM 274/09 - REGULA A INSTALAÇÃO E OPERAÇÃO DO SISTEMA INTEGRADO DE MONITORAMENTO E O TRATAMENTO DE IMAGENS, DADOS E INFORMAÇÕES PRODUZIDOS.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2366/projeto.executivo_139.2009_cod_posturas.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2366/projeto.executivo_139.2009_cod_posturas.ok.pdf</t>
   </si>
   <si>
     <t>PM 139/2009 - CM 275/09 - DISPÕE SOBRE O CÓDIGO DE POSTURAS DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2367/projeto.executivo_140.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2367/projeto.executivo_140.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 140/2009 - CM 276/09 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONTRATOS DE COMPRA E VENDA DE DIVERSOS IMÓVEIS SITUADOS NESTA CIDADE, LUGAR DENOMINADO "LOTEAMENTO POPULAR" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2368/projeto.executivo_141.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2368/projeto.executivo_141.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 141/2009 - CM 277/09 - AUTORIZA O EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO DIVERSAS CARGAS DE ARENITO E BASALTO MODIFICADO DE DARCI JOSÉ LAUERMANN E DEMAIS CONDÔMINOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2369/projeto.executivo_142.2009.ok.ret..pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2369/projeto.executivo_142.2009.ok.ret..pdf</t>
   </si>
   <si>
     <t>PM 142/2009 - CM 278/09 - FIXA EM R$ 277,78 (DUZENTOS E SETENTA E SETE REAIS E SETENTA E OITO CENTAVOS) O VALOR BASE PARA FINS DE CÁLCULO DO VALOR DO METRO QUADRADO DO TERRENO NO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ - PLANTA GENÉRICA DE VALORES -, NOS TERMOS DO CÓDIGO TRIBUTÁRIO MUNICIPAL, LEI 3.082, DE 22 DE SETEMBRO DE 2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2370/projeto.executivo_143.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2370/projeto.executivo_143.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 143/2009 - CM 279/09 - CONCEDE UM AUXÍLIO FINANCEIRO NO VALOR DE R$ 2.500,00 (DOIS MIL E QUINHENTOS REAIS) À ASSOCIAÇÃO CAIENSE DE ESPORTES, PARA ATENDER ÀS DESPESAS COM A ARBITRAGEM DO CAMPEONATO CAIENSE DE FUTEBOL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2302/projeto.280.anastacio_.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2302/projeto.280.anastacio_.ok.pdf</t>
   </si>
   <si>
     <t>CM 280/09 - DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A SOCIEDADE EDUCACIONAL E BENEFICENTE ESPERANÇA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2371/projeto.executivo_144.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2371/projeto.executivo_144.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 144/2009 - CM 283/09 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - PEDREIROS - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/3291/projeto.executivo_145.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/3291/projeto.executivo_145.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 145/2009 - CM 284/09 - DISPÕE SOBRE O LICENCIAMENTO AMBIENTAL, CRIA TAXAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2372/projeto.executivo_146.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2372/projeto.executivo_146.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 146/2009 - CM 285/09 - DISPÕE SOBRE A POLÍTICA AMBIENTAL DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2373/projeto.executivo_147.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2373/projeto.executivo_147.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 147/2009 -CM 286/09 - ALTERA A REDAÇÃO DA LEI 2.733 DE 23 DE DEZEMBRO DE 2005, QUE CONCEDE AOS SERVIDORES PÚBLICOS MUNICIPAIS ESTATUTÁRIOS O BENEFÍCIO DO VALE-TRANSPORTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2374/projeto.executivo_148.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2374/projeto.executivo_148.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 148/2009 - CM 287/09 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 187.200,00 (CENTO E OITENTA E SETE MIL E DUZENTOS REAIS) PARA ATENDER AO CONVÊNIO COM O MINISTÉRIO DA EDUCAÇÃO - FNDE - CAMINHO DA ESCOLA.</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2375/projeto.executivo_149.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2375/projeto.executivo_149.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 149/2009 - CM 288/09 - AUTORIZA O EXECUTIVO MUNICIPAL RECEBER EM DOAÇÃO ÁREAS DE TERRAS PARA SISTEMA AVIÁRIO - RUAS JOSÉ BONIFÁCIO E HELMUTH WEIRICH - NO BAIRRO QUILOMBO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2376/projeto.executivo_150.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2376/projeto.executivo_150.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 150/2009 - CM 289/09 - ALTERA REDAÇÃO DO ARTIGO 5º DA LEI MUNICIPAL Nº 2.960, DE 24 DE NOVEMBRO DE 2008, QUE CRIOU O FUNDO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL - FHIS E INSTITUI O CONSELHO GESTOR DO FHIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2304/projeto.293.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2304/projeto.293.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 293/09 - "PROÍBE A REALIZAÇÃO DE QUAISQUER TIPO DE EVENTOS DE SOM AUTOMOTIVO, MOTOCROSS E CORRELATOS, NAS DEPENDÊNCIAS DO PARQUE CENTENÁRIO DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 AUTOR: VER. CLÓVIS ALBERTO PIRES DUARTE</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2378/projeto.executivo_153.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2378/projeto.executivo_153.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 153/2009 - CM 294/09 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - MONITOR DE EDUCAÇÃO INFANTIL - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2377/projeto.executivo_152.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2377/projeto.executivo_152.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 152/2009 - CM 296/09 - INSTITUI O PRODAP - PROGRAMA DE DESENVOLVIMENTO AGROPECUÁRIO DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2379/projeto.executivo_154.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2379/projeto.executivo_154.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 154/2009 - CM 297/09 - ESTABELECE O VALOR LIMITE PARA PROMOVER A EXECUÇÃO JUDICIAL DOS CRÉDITOS TRIBUTÁRIOS E NÃO TRIBUTÁRIOS.</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2380/projeto.executivo_155.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2380/projeto.executivo_155.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 155/2009 - CM 298/09 - AUTORIZA O EXECUTIVO MUNICIPAL  A CONTRATAR PESSOAL - PSICÓLOGO - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2381/projeto.executivo_156.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2381/projeto.executivo_156.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 156/2009 - CM 299/09 - CRIA O CARGO EFETIVO DE "CALCETEIRO" NO SERVIÇO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2382/projeto.executivo_157.2009.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2382/projeto.executivo_157.2009.ok.pdf</t>
   </si>
   <si>
     <t>PM 157/2009 - CM 300/09 -AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL - CALCETEIRO - POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2281/projeto.115.mesa.resolucao.reajuste_servidores.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2281/projeto.115.mesa.resolucao.reajuste_servidores.ok.pdf</t>
   </si>
   <si>
     <t>CM 115/09 - REAJUSTA AS TABELAS DE VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2286/projeto.142.mesa.resolucao.diarias.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2286/projeto.142.mesa.resolucao.diarias.ok.pdf</t>
   </si>
   <si>
     <t>CM 142/09 - ALTERA OS ARTIGOS 1º E 2º DA RESOLUÇÃO Nº 01/2009, DE 31 DE MARÇO DE 2009, QUE DISPÕE SOBRE O PAGAMENTO DE DIÁRIAS PARA VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2287/projeto.143.mesa.resolucao.transferencia_bens.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2287/projeto.143.mesa.resolucao.transferencia_bens.ok.pdf</t>
   </si>
   <si>
     <t>CM 143/09 - AUTORIZA A TRANSFERÊNCIA DE 1 (UMA) IMPRESSORA, BEM PATRIMONIAL Nº 5482, PARA A PREFEITURA MUNICIPAL DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2294/projeto.210.mesa.resolucao.transferencia_bens.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2294/projeto.210.mesa.resolucao.transferencia_bens.ok.pdf</t>
   </si>
   <si>
     <t>CM 210/09 - AUTORIZA A TRANSFERÊNCIA DE VÁRIOS BENS PATRIMONIAIS PARA A PREFEITURA MUNICIPAL DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2295/projeto.211.mesa.resolucao.transferencia_bens.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2295/projeto.211.mesa.resolucao.transferencia_bens.ok.pdf</t>
   </si>
   <si>
     <t>CM 211/09 - AUTORIZA A TRANSFERÊNCIA DE VÁRIOS BENS PATRIMONIAIS PARA A PREFEITURA MUNICIPAL DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2303/projeto.290.mesa.resolucao.transferencia_bens.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2303/projeto.290.mesa.resolucao.transferencia_bens.ok.pdf</t>
   </si>
   <si>
     <t>CM 290/09 - AUTORIZA A TRANSFERÊNCIA DE 2 (DOIS) AR CONDICIONADOS, BENS PATRIMONIAIS Nº 5158 E 5159, PARA A PREFEITURA MUNICIPAL DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2383/requerimento.064.varios.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2383/requerimento.064.varios.ok.pdf</t>
   </si>
   <si>
     <t>CM 064/09 - OS VEREADORES ABAIXO ASSINADOS REQUEREM A INSERÇÃO EM ATA DE UM VOTO DE PROFUNDO PESAR PELO FALECIMENTO DO SR. SILOMAR COELHO, TIO DO VEREADOR PAULO SÉRGIO COELHO, NO DIA 03 DE MARÇO.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2384/requerimento.070.todos.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2384/requerimento.070.todos.ok.pdf</t>
   </si>
   <si>
     <t>CM 070/09 - PROPÕEM QUE, OUVIDO O PLENÁRIO, SEJA ENVIADO UM OFÍCIO À 2ª COORDENADORIA REGIONAL DE SAÚDE DO ESTADO PARA QUE VIABILIZE O CREDENCIAMENTO DO HOSPITAL SAGRADA FAMÍLIA PARA A PRESTAÇÃO DO SERVIÇO DE MAMOGRAFIA.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2385/requerimento.092.erico.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2385/requerimento.092.erico.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 92/09 - PROPÕE QUE, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL RENATO MOLLING - PP, SOLICITANDO AO MESMO A APRESENTAÇÃO DE UMA EMENDA AO ORÇAMENTO DA UNIÃO COM O INTUITO DE OBTER RECURSOS PARA O MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ PARA A AQUISIÇÃO DE UM APARELHO DE ECOGRAFIA  PARA O HOSPITAL SAGRADA FAMÍLIA._x000D_
 AUTOR: VER. ÉRICO MEIRELLES.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2386/requerimento.096.alceu.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2386/requerimento.096.alceu.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 096/09 - REQUER AO SENHOR PREFEITO MUNICIPAL AS SEGUINTES INFORMAÇÕES: QUANTAS ATENDENTES SEM FORMAÇÃO MINIMA EXIGIDA, ESTÃO EM EXERCÍCIO NA EDUCAÇÃO INFANTIL  E NAS SÉRIES INICIAIS DA EDUCAÇÃO BÁSICA DO SISTEMA MUNICIPAL DE ENSINO DE S.S. DO CAÍ; ESTAS ATENDENTES ESTÃO NO QUADRO EM EXTINÇÃO OU EM OUTRO QUADRO DE FUNCIONÁRIOS DA PREFEITURA MUNICIPAL?; AS ATENDENTES QUE SE TITULARAM  INGRESSARAM NO PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO MUNICIPAL DE S.S. DO CAÍ  OU ESTÃO NO MESMO QUADRO DAS ATENDENTES SEM TITULAÇÃO?; QUAL A CARGA HORÁRIA OU REGIME DE TRABALHO DAS ATENDENTES QUE EXERCEM SUAS FUNÇÕES DOCENTES NA EDUCAÇÃO INFANTIL DO MUNICÍPIO, ANTES DA IMPLANTAÇÃO LDBN (LEI 9.394/96) E ATUALMENTE?; QUE ÓRGÃOS, NO MUNICÍPIO, FORAM RESPONSÁVEIS PELA NORMATIZAÇÃO, REGULAMENTAÇÃO E IMPLANTAÇÃO DA LDBN NO SISTEMA MUNICIPAL DE ENSINO DO NOSSO MUNICÍPIO?._x000D_
 AUTOR: VER. JOSÉ ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2387/requerimento.151.varios.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2387/requerimento.151.varios.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 151/09 - REQUEREM QUE SEJA CRIADA UMA COMISSÃO PARLAMENTAR DE INQUÉRITO (CPI), POR PRAZO DETERMINADO, DE ACORDO COM A LEI ORGÂNICA DO MUNICÍPIO EM SEUS ARTIGOS 19 E 27, INCISO XXVIII, PARA TRATAR DA "DESTINAÇÃO DAS VACINAS PARA GRIPE QUE SE ENCONTRAVAM NA SECRETARIA MUNICIPAL DA SAÚDE PARA UTILIZAÇÃO NA CAMPANHA 2009 DE VACINAÇÃO DOS IDOSOS._x000D_
 AUTORIA: TODOS OS VEREADORES.</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2388/requerimento.165.erico.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2388/requerimento.165.erico.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 165/09 - PROPÕE QUE SEJA ENCAMINHADO OFÍCIO À BRASIL TELECOM PLEITEANDO A INSTALAÇÃO  DE UM TELEFONE PÚBLICO DO TIPO "ORELHÃO" NA RUA VERANÓPOLIS, ESQUINA COM A RUA TAQUARA, NO LOTEAMENTO NOVA RIO BRANCO, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. ÉRICO MEIRELLES</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2389/requerimento.182.todos.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2389/requerimento.182.todos.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 182/09 - A CÂMARA MUNICIPAL DE S.S. DO CAÍ MANIFESTA SEU PROFUNDO PESAR PELA MORTE  DE CARLOS NELSON BUENO, FALECIDO A 05 DE JULHO DE 2009.</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2390/requerimento.183.anastacio.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2390/requerimento.183.anastacio.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 183/09 - PROPÕE QUE, EM REGIME DE URGÊNCIA, SEJA ENCAMINHADO UM OFÍCIO AO ENGº ROGÉRIO UBERTI, RESPONSÁVEL PELA 2º UNIDADE DE CONSERVAÇÃO DO DAER, EM BENTO GONÇALVES, PLEITEANDO UM ESTUDO DE VIABILIDADE DE CONSTRUÇÃO, COM A MAIOR BREVIDADE POSSÍVEL, DE UMA PASSARELA NA RS 122, NAS PROXIMIDADES DO LOTEAMENTO POPULAR, JUNTO AO ACESSO NORTE DA RODOVIA, EM SÃO SEBASTIÃO DO CAÍ._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2391/requerimento.193.valdir.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2391/requerimento.193.valdir.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 193/09 - PROPÕE QUE SEJA ENCAMINHADO UM OFÍCIO À BRASIL TELECOM SOLICITANDO A INSTALAÇÃO DE TELEFONES PÚBLICOS DO TIPO "ORELHÃO" NOS SEGUINTES LOCAIS: NA RUA JOÃO PEDRO FERNANDES, PRÓXIMO AO NÚMERO 560, NA VILA PIRES, NESTE MUNICÍPIO; NA RUA ARY BAIERLE EM FRENTE AO Nº 75, NO CENTRO DESTA CIDADE._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2392/requerimento.208.erico.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2392/requerimento.208.erico.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 208/09 - PROPÕE QUE SEJA ENCAMINHADO UM OFÍCIO À DRª. MARCELA SOUZA, COORDENADORA ESTADUAL DAS URGÊNCIAS DO PROGRAMA "SALVAR SAMU", BUSCANDO ESCLARECIMENTOS SOBRE O PROGRAMA SALVAR SAMU E SE EXISTE ALGUMA POSSIBILIDADE DO NOSSO MUNICÍPIO SER BENEFICIADO COM ESSE PROGRAMA E QUAIS OS PROCEDIMENTOS A SEREM ADOTADOS  PARA SUA VIABILIZAÇÃO._x000D_
 AUTOR: VER. ÉRICO MEIRELLES</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2393/requerimento.213.valdir.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2393/requerimento.213.valdir.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 213/09 - PROPÕE QUE SEJA ENCAMINHANDO OFÍCIO À AES SUL DISTRIBUIDORA  GAÚCHA DE ENERGIA, PLEITEANDO A SUBSTITUIÇÃO DO TRANSFORMADOR Nº 100101, LOCALIZADO EM FRENTE À RESIDÊNCIA  Nº 772, DA RUA OMIRO LEDUR, NESTE MUNICÍPIO, POR UM MAIS POTENTE._x000D_
 AUTOR: VALDIR RAIMUNDO RAMOS</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2394/requerimento.214.valdir.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2394/requerimento.214.valdir.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 214/09 - REQUER A INSERÇÃO EM ATA DE UM VOTO DE PROFUNDO PESAR PELO FALECIMENTO DO SR. ANTONIO CARLOS DE ALENCASTRO, O "CATI" COMO ERA CONHECIDO, SUPLENTE DE VEREADOR NA 6ª LEGISLATURA (PERÍODO DE 1969 A 1973), NO DIA 31 DE AGOSTO, EM FLORIANÓPOLIS, SANTA CATARINA._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2395/requerimento.215.todos.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2395/requerimento.215.todos.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 215/09 - PROPÕEM QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO SENHOR DESEMBARGADOR  JOÃO GHISLENI FILHO, PRESIDENTE DO TRIBUNAL REGIONAL DO TRABALHO, UMA MOÇÃO DE APOIO DESTA CASA DE REPRESENTANTES DO POVO CAIENSE À INSTALAÇÃO DE UMA VARA DA JUSTIÇA DO TRABALHO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2396/requerimento.243.alceu_anastacio_e_roque.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2396/requerimento.243.alceu_anastacio_e_roque.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 243/09 - REQUEREM QUE SEJA SOLICITADO AO SENHOR PREFEITO MUNICIPAL A ATUALIZAÇÃO DOS DADOS CONSTANTES NA RELAÇÃO DOS CC'S E FG'S, ANEXA, A ESTE, EM COPIA XEROX. AUTORIA: JOSÉ ALCEU DE PAULA E OUTROS.</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2397/requerimento.244.varios.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2397/requerimento.244.varios.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 244/09 - REQUEREM QUE SEJA CONVIDADA A SRª. SECRETÁRIA MUNICIPAL DE EDUCAÇÃO, CULTURA E DESPORTO, PROFª INGRID BORCHARDT OBERTO A COMPARECER A ESTA CÂMARA MUNICIPAL PARA PRESTAR INFORMAÇÕES SOBRE: CRIANÇAS QUE FREQUENTAM AS ESCOLAS MUNICIPAIS DE EDUCAÇÃO INFANTIL; SITUAÇÃO DOS MOTORISTAS QUE EXERCEM SUAS FUNÇÕES NO TRANSPORTE ESCOLAR; PROJETOS PARA O FUTURO DA EDUCAÇÃO EM SÃO SEBASTIÃO DO CAÍ. AUTORIA: JOSÉ ALCEU DE PAULA E OUTROS.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2398/requerimento.254.valdir.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2398/requerimento.254.valdir.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 254/09 - REQUEREM AO EXECUTIVO MUNICIPAL QUE SEJA PROVIDENCIADO PELO EXECUTIVO MUNICIPAL PEDIDO DE AUTORIZAÇÃO LEGISLATIVA ATRAVÉS DE PROJETO DE LEI PARA RETIRADA DE ENTULHOS, COLOCAÇÃO E OU DOAÇÃO DE MATERIAL, TANTO PARA RECUPERAÇÃO DE CASAS QUANTO PARA DAR PLENAS CONDIÇÕES DE MORADIA, E RETIRADA DE RESTOS DO TIPO "ENTULHOS", QUANDO HOUVER DOAÇÃO POR PARTE DO PROPRIETÁRIO  DA CASA PARA PESSOAS DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2399/requerimento.255.valdir.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2399/requerimento.255.valdir.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 255/09 - PROPÕE QUE SEJA ENCAMINHADO AO CHEFE DO ESCRITÓRIO  LOCAL DA AES SUL DISTRIBUIDORA DE ENERGIA ELÉTRICA O EXPEDIENTE ANEXO, REITERANDO A SOLICITAÇÃO DE RETIRADA DA ÁRVORE LOCALIZADA NA AV. EGYDIO MICHAELSEN, EM FRENTE AOS NÚMEROS 125 E 187, UMA VEZ POR SEMANA. REQUER AINDA, SE POSSÍVEL QUE ESSA CONCESSIONÁRIA  INDIQUE QUAL O PROCEDIMENTO A SER ADOTADO PARA QUE A PODA DA ÁRVORE POSSA SER FEITA PELO MUNICÍPIO._x000D_
 AUTOR: VER. VALDIR RAIMUNDO RAMOS</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>Partido do Movimento Democrático Brasileiro</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2402/requerimento.291.bancada_pmdb.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2402/requerimento.291.bancada_pmdb.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 291/09 - PROPÕEM QUE SEJA ENCAMINHADO UM OFÍCIO AO CHEFE DA AGÊNCIA LOCAL DA EMPRESA BRASILEIRA DE CORREIOS E TELÉGRAFOS BUSCANDO SABER DA POSSIBILIDADE DE QUE AS CORRESPONDÊNCIAS ENDEREÇADAS AOS MORADORES DE CHAPADÃO E ESTRADA DA VENÚNCIA SEJAM ENTREGUES NAS REFERIDAS LOCALIDADES, NOS RESPECTIVOS ENDEREÇOS OU EM UM LOCAL PREVIAMENTE DETERMINADO POR ESSA AGÊNCIA.</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2403/requerimento.295.anastacio.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2403/requerimento.295.anastacio.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 295/09 - PROPÕE QUE SEJA ENCAMINHADO OFÍCIO AO EXMº DEPUTADO MANU CHANGES, PRESIDENTE DA COMISSÃO ESTADUAL DE EDUCAÇÃO, PARA QUE INTERCEDA JUNTO AO GOVERNO DO ESTADO  OBJETIVANDO O RECEBIMENTO DE UMA VERBA PARA A CONSTRUÇÃO DO PISO DO GINÁSIO DO INSTITUTO ESTADUAL DE EDUCAÇÃO PAULO FREIRE, NESTE MUNICÍPIO._x000D_
 AUTOR: VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo a Projeto de lei</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2293/substitutivo_ao_cm_206.09.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2293/substitutivo_ao_cm_206.09.ok.pdf</t>
   </si>
   <si>
     <t>CM 207/09 - INSTITUI A "COMISSÃO PERMANENTE DE GESTÃO DO PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO MUNICIPAL DE SÃO SEBASTIÃO DO CAÍ"._x000D_
 AUTOR: VER. PROF. ALCEU DE PAULA.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>VOC</t>
   </si>
   <si>
     <t>Voto de Congratulações</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2401/requerimento.261.vilson.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2401/requerimento.261.vilson.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 261/09 - REQUER QUE SEJA TRANSMITIDO UM VOTO DE CONGRATULAÇÕES AO SR. JOSÉ LUIZ DE MELLO._x000D_
 AUTOR: VILSON JOSÉ RECH</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>VOL</t>
   </si>
   <si>
     <t>Voto de Louvor</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2400/requerimento.260.clovis.dig.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2400/requerimento.260.clovis.dig.ok.pdf</t>
   </si>
   <si>
     <t>CM 260/09 - REQUER QUE SEJA TRANSMITIDO UM VOTO DE LOUVOR AO SR. VALDEMAR VARIANI, CIDADÃO CAIENSE DESDE 05 DE JULHO DE 2002, EXTENSIVO À SUA FAMÍLIA._x000D_
 AUTOR: CLÓVIS ALBERTO PIRES DUARTE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -4101,67 +4101,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2205/emenda.34.cleber.ok.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2206/emenda.35.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2233/emenda.81.todos.ok.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2261/emenda.136.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2278/emenda.175.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2279/emenda.176.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2277/emenda.177.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/3155/emenda.178.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2280/emenda.179.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2305/emenda.301.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2404/indicacao_006.09.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2405/indicacao_007.09.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2406/indicacao_008.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2407/indicacao_009.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2408/indicacao_010.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2409/indicacao_011.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2410/indicacao_012.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2411/indicacao_013.09.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2412/indicacao_014.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2413/indicacao_025.09.cleber.ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2414/indicacao_036.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2415/indicacao_037.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2416/indicacao_038.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2417/indicacao_039.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2418/indicacao_040.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2419/indicacao_041.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2420/indicacao_042.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2421/indicacao_043.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2422/indicacao_044.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2423/indicacao_046.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2424/indicacao_047.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2425/indicacao_048.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2426/indicacao_049.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2427/indicacao_050.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2428/indicacao_058.09.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2429/indicacao_059.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2430/indicacao_060.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2431/indicacao_061.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2432/indicacao_062.09.cleber.ok.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2433/indicacao_063.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2434/indicacao_068.09.cleber.ok.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2435/indicacao_071.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2436/indicacao_083.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2437/indicacao_093.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2439/indicacao_095.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2440/indicacao_099.09.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2441/indicacao_100.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2442/indicacao_101.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2443/indicacao_102.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2444/indicacao_105.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2445/indicacao_106.09.cleber.ok.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2446/indicacao_107.09.cleber.ok.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2447/indicacao_108.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2448/indicacao_109.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2449/indicacao_110.09.anastacio_e_alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2450/indicacao_119.09.cleber.ok.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2451/indicacao_120.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2452/indicacao_121.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2453/indicacao_124.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2454/indicacao_125.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2455/indicacao_126.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2456/indicacao_131.09.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2457/indicacao_132.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2458/indicacao_133.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2459/indicacao_134.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2460/indicacao_135.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2461/indicacao_152.09.valldir.ok.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2462/indicacao_153.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2463/indicacao_156.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2464/indicacao_157.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2465/indicacao_163.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2473/indicacao_166.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2474/indicacao_172.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2475/indicacao_173.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2476/indicacao_174.09.todos.ok.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2477/indicacao_184.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2478/indicacao_185.09.paulo.ok.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2479/indicacao_186.09.paulo.ok.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2481/indicacao_187.09.paulo.ok.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2482/indicacao_188.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2483/indicacao_194.09.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2484/indicacao_195.09.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2485/indicacao_196.09.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2486/indicacao_205.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2487/indicacao_220.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2488/indicacao_231.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2489/indicacao_232.09.roque.ok.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2490/indicacao_233.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2491/indicacao_234.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2492/indicacao_235.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2493/indicacao_256.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2494/indicacao_257.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2495/indicacao_258.09.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2496/indicacao_281.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2497/indicacao_282.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2480/indicacao_292.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2296/projeto.265.cleber.decreto.ok.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2297/projeto.266.vilson.decreto.ok.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2298/projeto.267.vilson.decreto.ok.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2299/projeto.268.vilson.decreto.ok.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2300/projeto.269.anastacio.decreto.ok.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2301/projeto.270.alceu.decreto.ok_suNo2sf.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2365/projeto.leicomplementar.01.2009_cod_posturas.ok.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2196/projeto.executivo.001.ok.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2197/projeto.executivo.002.ok.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2198/projeto.executivo.003.ok.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2199/projeto.executivo.004.ok.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2200/projeto.executivo.005.ok.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2201/projeto.executivo.006.ok.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2202/projeto.executivo.007.ok.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2203/projeto.executivo.008.ok.ret..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2204/projeto.executivo.009.ok.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2207/projeto.executivo.010.ok.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2208/projeto.executivo.011.ok.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2209/projeto.executivo.012.ok.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2210/projeto.executivo.013.ok.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2211/projeto.executivo.014.ok.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2212/projeto.executivo.015.ok.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2213/projeto.executivo.016.ok.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2214/projeto.executivo.017.ok.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2215/projeto.executivo.018.ok.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2216/projeto.executivo.019.ok.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2217/projeto.executivo.020.ok.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2218/projeto.executivo.021.ok.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2219/projeto.executivo.022.ok.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2220/projeto.executivo.023.ok.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2221/projeto.executivo.024.ok.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2222/projeto.executivo.025.ok.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2223/projeto.executivo.026.ok.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2224/projeto.executivo.027.ok.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2225/projeto.executivo.028.ok.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2226/projeto.executivo.029.ok.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2228/projeto.executivo.032.ok.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2229/projeto.executivo.033.ok.ret..pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2230/projeto.executivo.034.ok.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2231/projeto.executivo.035.ok.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2232/projeto.executivo.036.ok.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2234/projeto.executivo.037.ok.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2235/projeto.executivo.038.ok.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2236/projeto.executivo.039.ok.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2238/projeto.executivo.041.ok.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2237/projeto.executivo.040.ok.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2239/projeto.executivo.042.ok.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2240/projeto.executivo.043.ok.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2241/projeto.executivo.044.ok.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2242/projeto.executivo.045.ok.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2243/projeto.executivo.046.ok.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2244/projeto.executivo.047.ok.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2245/projeto.executivo.048.ok.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2246/projeto.executivo.049.ok.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2247/projeto.executivo.050.ok.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2248/projeto.executivo.051.ok.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2249/projeto.executivo.052.ok.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2253/projeto.executivo.053.ok.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2254/projeto.executivo.054.ok.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2255/projeto.executivo.055.ok.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2256/projeto.executivo.056.ok.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2257/projeto.executivo.057.ok.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2258/projeto.executivo.058.ok.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2282/projeto.116.mesa.subsidio_vereadores.ok.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2283/projeto.117.mesa.subsidio_prefeito.ok.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2284/projeto.118.mesa.subsidio_secretarios.ok.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2259/projeto.executivo.059.ok.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2260/projeto.executivo.061.ok.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2262/projeto.executivo.062.ok.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2263/projeto.executivo.063.ok.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2264/projeto.executivo.064.ok.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2265/projeto.executivo.065.ok.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2266/projeto.executivo.066.ok.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2267/projeto.executivo.067.ok.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2268/projeto.executivo.068.ok.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2269/projeto.executivo.069.ok.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2285/projeto.141.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2270/projeto.executivo.070.ok.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2271/projeto.executivo.071.ok.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2272/projeto.executivo.072.ok.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2288/projeto.147.erico_meirelles.ok.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2273/projeto.executivo.073.ok.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2274/projeto.executivo.074.ok.ret..pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2275/projeto.executivo.075.ok.ret..pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2276/projeto.executivo.076.ok.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2306/projeto.executivo.077.ok.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2307/projeto.executivo.079.ok.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2308/projeto.executivo.080.ok.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2309/projeto.executivo.081.ok.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2310/projeto.executivo.082.ok.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2311/projeto.executivo.083.ok.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2312/projeto.executivo.084.ok.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2313/projeto.executivo.085.ok.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2314/projeto.executivo.086.ok.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2315/projeto.executivo.087.retificado.ok.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2289/projeto.171.erico_meirelles.ok.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2316/projeto.executivo.088.ok.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2290/projeto.181.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2317/projeto.executivo.089.ok.ret..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2318/projeto.executivo.090.ok.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2319/projeto.executivo.092.ok.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2320/projeto.executivo.093.ok.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2321/projeto.executivo.094.ok.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2322/projeto.executivo.095.ok.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2323/projeto.executivo.096.ok.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2291/projeto.200.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2327/projeto.executivo.100.ok.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2324/projeto.executivo.097.ok.ret..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2326/projeto.executivo.099.ok.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2328/projeto.executivo.101.ok.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2292/projeto.206.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2329/projeto.executivo.102.ok.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2330/projeto.executivo.103.2009.ok.ret..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2331/projeto.executivo_104.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2334/projeto.executivo_108.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2335/projeto.executivo_109.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2336/projeto.executivo_110.2009_cod_tributario.ok.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2332/projeto.executivo_106.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2333/projeto.executivo_107.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2337/projeto.executivo_111.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2338/projeto.executivo_112.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2339/projeto.executivo_113.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2340/projeto.executivo_114.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2341/projeto.executivo_115.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2342/projeto.executivo_116.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2325/projeto.executivo.098.ok.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2344/projeto.executivo_118.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2348/projeto.executivo_122.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2349/projeto.executivo_123.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2343/projeto.executivo_117.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2345/projeto.executivo_119.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2347/projeto.executivo_121.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2354/projeto.executivo_128.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2353/projeto.executivo_127.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2346/projeto.executivo_120.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2355/projeto.executivo_129.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2356/projeto.executivo_130.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2351/projeto.executivo_125.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2352/projeto.executivo_126.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2357/projeto.executivo_131.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2358/projeto.executivo_132.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2350/projeto.executivo_124.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2360/projeto.executivo_134.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2359/projeto.executivo_133.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2361/projeto.executivo_135.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2362/projeto.executivo_136.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2363/projeto.executivo_137.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2364/projeto.executivo_138.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2366/projeto.executivo_139.2009_cod_posturas.ok.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2367/projeto.executivo_140.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2368/projeto.executivo_141.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2369/projeto.executivo_142.2009.ok.ret..pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2370/projeto.executivo_143.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2302/projeto.280.anastacio_.ok.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2371/projeto.executivo_144.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/3291/projeto.executivo_145.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2372/projeto.executivo_146.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2373/projeto.executivo_147.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2374/projeto.executivo_148.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2375/projeto.executivo_149.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2376/projeto.executivo_150.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2304/projeto.293.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2378/projeto.executivo_153.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2377/projeto.executivo_152.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2379/projeto.executivo_154.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2380/projeto.executivo_155.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2381/projeto.executivo_156.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2382/projeto.executivo_157.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2281/projeto.115.mesa.resolucao.reajuste_servidores.ok.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2286/projeto.142.mesa.resolucao.diarias.ok.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2287/projeto.143.mesa.resolucao.transferencia_bens.ok.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2294/projeto.210.mesa.resolucao.transferencia_bens.ok.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2295/projeto.211.mesa.resolucao.transferencia_bens.ok.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2303/projeto.290.mesa.resolucao.transferencia_bens.ok.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2383/requerimento.064.varios.ok.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2384/requerimento.070.todos.ok.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2385/requerimento.092.erico.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2386/requerimento.096.alceu.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2387/requerimento.151.varios.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2388/requerimento.165.erico.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2389/requerimento.182.todos.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2390/requerimento.183.anastacio.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2391/requerimento.193.valdir.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2392/requerimento.208.erico.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2393/requerimento.213.valdir.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2394/requerimento.214.valdir.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2395/requerimento.215.todos.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2396/requerimento.243.alceu_anastacio_e_roque.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2397/requerimento.244.varios.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2398/requerimento.254.valdir.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2399/requerimento.255.valdir.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2402/requerimento.291.bancada_pmdb.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2403/requerimento.295.anastacio.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2293/substitutivo_ao_cm_206.09.ok.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2401/requerimento.261.vilson.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2400/requerimento.260.clovis.dig.ok.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2205/emenda.34.cleber.ok.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2206/emenda.35.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2233/emenda.81.todos.ok.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2261/emenda.136.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2278/emenda.175.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2279/emenda.176.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2277/emenda.177.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/3155/emenda.178.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2280/emenda.179.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2305/emenda.301.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2404/indicacao_006.09.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2405/indicacao_007.09.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2406/indicacao_008.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2407/indicacao_009.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2408/indicacao_010.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2409/indicacao_011.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2410/indicacao_012.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2411/indicacao_013.09.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2412/indicacao_014.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2413/indicacao_025.09.cleber.ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2414/indicacao_036.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2415/indicacao_037.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2416/indicacao_038.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2417/indicacao_039.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2418/indicacao_040.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2419/indicacao_041.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2420/indicacao_042.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2421/indicacao_043.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2422/indicacao_044.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2423/indicacao_046.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2424/indicacao_047.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2425/indicacao_048.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2426/indicacao_049.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2427/indicacao_050.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2428/indicacao_058.09.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2429/indicacao_059.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2430/indicacao_060.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2431/indicacao_061.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2432/indicacao_062.09.cleber.ok.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2433/indicacao_063.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2434/indicacao_068.09.cleber.ok.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2435/indicacao_071.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2436/indicacao_083.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2437/indicacao_093.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2439/indicacao_095.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2440/indicacao_099.09.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2441/indicacao_100.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2442/indicacao_101.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2443/indicacao_102.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2444/indicacao_105.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2445/indicacao_106.09.cleber.ok.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2446/indicacao_107.09.cleber.ok.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2447/indicacao_108.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2448/indicacao_109.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2449/indicacao_110.09.anastacio_e_alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2450/indicacao_119.09.cleber.ok.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2451/indicacao_120.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2452/indicacao_121.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2453/indicacao_124.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2454/indicacao_125.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2455/indicacao_126.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2456/indicacao_131.09.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2457/indicacao_132.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2458/indicacao_133.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2459/indicacao_134.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2460/indicacao_135.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2461/indicacao_152.09.valldir.ok.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2462/indicacao_153.09.sergio.ok.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2463/indicacao_156.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2464/indicacao_157.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2465/indicacao_163.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2473/indicacao_166.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2474/indicacao_172.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2475/indicacao_173.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2476/indicacao_174.09.todos.ok.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2477/indicacao_184.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2478/indicacao_185.09.paulo.ok.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2479/indicacao_186.09.paulo.ok.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2481/indicacao_187.09.paulo.ok.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2482/indicacao_188.09.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2483/indicacao_194.09.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2484/indicacao_195.09.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2485/indicacao_196.09.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2486/indicacao_205.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2487/indicacao_220.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2488/indicacao_231.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2489/indicacao_232.09.roque.ok.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2490/indicacao_233.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2491/indicacao_234.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2492/indicacao_235.09.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2493/indicacao_256.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2494/indicacao_257.09.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2495/indicacao_258.09.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2496/indicacao_281.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2497/indicacao_282.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2480/indicacao_292.09.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2296/projeto.265.cleber.decreto.ok.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2297/projeto.266.vilson.decreto.ok.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2298/projeto.267.vilson.decreto.ok.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2299/projeto.268.vilson.decreto.ok.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2300/projeto.269.anastacio.decreto.ok.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2301/projeto.270.alceu.decreto.ok_suNo2sf.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2365/projeto.leicomplementar.01.2009_cod_posturas.ok.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2196/projeto.executivo.001.ok.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2197/projeto.executivo.002.ok.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2198/projeto.executivo.003.ok.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2199/projeto.executivo.004.ok.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2200/projeto.executivo.005.ok.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2201/projeto.executivo.006.ok.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2202/projeto.executivo.007.ok.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2203/projeto.executivo.008.ok.ret..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2204/projeto.executivo.009.ok.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2207/projeto.executivo.010.ok.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2208/projeto.executivo.011.ok.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2209/projeto.executivo.012.ok.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2210/projeto.executivo.013.ok.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2211/projeto.executivo.014.ok.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2212/projeto.executivo.015.ok.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2213/projeto.executivo.016.ok.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2214/projeto.executivo.017.ok.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2215/projeto.executivo.018.ok.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2216/projeto.executivo.019.ok.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2217/projeto.executivo.020.ok.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2218/projeto.executivo.021.ok.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2219/projeto.executivo.022.ok.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2220/projeto.executivo.023.ok.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2221/projeto.executivo.024.ok.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2222/projeto.executivo.025.ok.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2223/projeto.executivo.026.ok.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2224/projeto.executivo.027.ok.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2225/projeto.executivo.028.ok.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2226/projeto.executivo.029.ok.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2228/projeto.executivo.032.ok.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2229/projeto.executivo.033.ok.ret..pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2230/projeto.executivo.034.ok.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2231/projeto.executivo.035.ok.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2232/projeto.executivo.036.ok.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2234/projeto.executivo.037.ok.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2235/projeto.executivo.038.ok.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2236/projeto.executivo.039.ok.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2238/projeto.executivo.041.ok.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2237/projeto.executivo.040.ok.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2239/projeto.executivo.042.ok.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2240/projeto.executivo.043.ok.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2241/projeto.executivo.044.ok.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2242/projeto.executivo.045.ok.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2243/projeto.executivo.046.ok.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2244/projeto.executivo.047.ok.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2245/projeto.executivo.048.ok.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2246/projeto.executivo.049.ok.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2247/projeto.executivo.050.ok.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2248/projeto.executivo.051.ok.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2249/projeto.executivo.052.ok.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2253/projeto.executivo.053.ok.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2254/projeto.executivo.054.ok.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2255/projeto.executivo.055.ok.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2256/projeto.executivo.056.ok.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2257/projeto.executivo.057.ok.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2258/projeto.executivo.058.ok.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2282/projeto.116.mesa.subsidio_vereadores.ok.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2283/projeto.117.mesa.subsidio_prefeito.ok.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2284/projeto.118.mesa.subsidio_secretarios.ok.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2259/projeto.executivo.059.ok.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2260/projeto.executivo.061.ok.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2262/projeto.executivo.062.ok.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2263/projeto.executivo.063.ok.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2264/projeto.executivo.064.ok.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2265/projeto.executivo.065.ok.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2266/projeto.executivo.066.ok.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2267/projeto.executivo.067.ok.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2268/projeto.executivo.068.ok.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2269/projeto.executivo.069.ok.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2285/projeto.141.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2270/projeto.executivo.070.ok.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2271/projeto.executivo.071.ok.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2272/projeto.executivo.072.ok.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2288/projeto.147.erico_meirelles.ok.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2273/projeto.executivo.073.ok.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2274/projeto.executivo.074.ok.ret..pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2275/projeto.executivo.075.ok.ret..pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2276/projeto.executivo.076.ok.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2306/projeto.executivo.077.ok.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2307/projeto.executivo.079.ok.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2308/projeto.executivo.080.ok.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2309/projeto.executivo.081.ok.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2310/projeto.executivo.082.ok.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2311/projeto.executivo.083.ok.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2312/projeto.executivo.084.ok.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2313/projeto.executivo.085.ok.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2314/projeto.executivo.086.ok.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2315/projeto.executivo.087.retificado.ok.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2289/projeto.171.erico_meirelles.ok.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2316/projeto.executivo.088.ok.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2290/projeto.181.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2317/projeto.executivo.089.ok.ret..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2318/projeto.executivo.090.ok.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2319/projeto.executivo.092.ok.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2320/projeto.executivo.093.ok.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2321/projeto.executivo.094.ok.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2322/projeto.executivo.095.ok.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2323/projeto.executivo.096.ok.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2291/projeto.200.vilson.ok.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2327/projeto.executivo.100.ok.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2324/projeto.executivo.097.ok.ret..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2326/projeto.executivo.099.ok.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2328/projeto.executivo.101.ok.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2292/projeto.206.alceu.ok.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2329/projeto.executivo.102.ok.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2330/projeto.executivo.103.2009.ok.ret..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2331/projeto.executivo_104.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2334/projeto.executivo_108.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2335/projeto.executivo_109.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2336/projeto.executivo_110.2009_cod_tributario.ok.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2332/projeto.executivo_106.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2333/projeto.executivo_107.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2337/projeto.executivo_111.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2338/projeto.executivo_112.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2339/projeto.executivo_113.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2340/projeto.executivo_114.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2341/projeto.executivo_115.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2342/projeto.executivo_116.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2325/projeto.executivo.098.ok.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2344/projeto.executivo_118.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2348/projeto.executivo_122.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2349/projeto.executivo_123.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2343/projeto.executivo_117.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2345/projeto.executivo_119.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2347/projeto.executivo_121.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2354/projeto.executivo_128.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2353/projeto.executivo_127.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2346/projeto.executivo_120.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2355/projeto.executivo_129.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2356/projeto.executivo_130.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2351/projeto.executivo_125.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2352/projeto.executivo_126.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2357/projeto.executivo_131.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2358/projeto.executivo_132.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2350/projeto.executivo_124.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2360/projeto.executivo_134.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2359/projeto.executivo_133.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2361/projeto.executivo_135.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2362/projeto.executivo_136.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2363/projeto.executivo_137.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2364/projeto.executivo_138.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2366/projeto.executivo_139.2009_cod_posturas.ok.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2367/projeto.executivo_140.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2368/projeto.executivo_141.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2369/projeto.executivo_142.2009.ok.ret..pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2370/projeto.executivo_143.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2302/projeto.280.anastacio_.ok.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2371/projeto.executivo_144.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/3291/projeto.executivo_145.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2372/projeto.executivo_146.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2373/projeto.executivo_147.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2374/projeto.executivo_148.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2375/projeto.executivo_149.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2376/projeto.executivo_150.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2304/projeto.293.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2378/projeto.executivo_153.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2377/projeto.executivo_152.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2379/projeto.executivo_154.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2380/projeto.executivo_155.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2381/projeto.executivo_156.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2382/projeto.executivo_157.2009.ok.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2281/projeto.115.mesa.resolucao.reajuste_servidores.ok.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2286/projeto.142.mesa.resolucao.diarias.ok.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2287/projeto.143.mesa.resolucao.transferencia_bens.ok.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2294/projeto.210.mesa.resolucao.transferencia_bens.ok.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2295/projeto.211.mesa.resolucao.transferencia_bens.ok.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2303/projeto.290.mesa.resolucao.transferencia_bens.ok.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2383/requerimento.064.varios.ok.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2384/requerimento.070.todos.ok.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2385/requerimento.092.erico.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2386/requerimento.096.alceu.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2387/requerimento.151.varios.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2388/requerimento.165.erico.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2389/requerimento.182.todos.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2390/requerimento.183.anastacio.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2391/requerimento.193.valdir.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2392/requerimento.208.erico.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2393/requerimento.213.valdir.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2394/requerimento.214.valdir.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2395/requerimento.215.todos.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2396/requerimento.243.alceu_anastacio_e_roque.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2397/requerimento.244.varios.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2398/requerimento.254.valdir.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2399/requerimento.255.valdir.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2402/requerimento.291.bancada_pmdb.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2403/requerimento.295.anastacio.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2293/substitutivo_ao_cm_206.09.ok.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2401/requerimento.261.vilson.dig.ok.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2009/2400/requerimento.260.clovis.dig.ok.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H295"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="129.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="128.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>