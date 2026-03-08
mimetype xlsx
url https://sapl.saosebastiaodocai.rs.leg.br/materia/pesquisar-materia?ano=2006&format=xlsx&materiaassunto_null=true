--- v0 (2025-12-06)
+++ v1 (2026-03-08)
@@ -51,2103 +51,2103 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2836/emenda.87.caye.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2836/emenda.87.caye.ok.pdf</t>
   </si>
   <si>
     <t>CM 087/06 - EMENDA AO PROJETO DE LEI PM 033/2006 - CM 81/06 DO EXECUTIVO, QUE ESTABELECE NORMAS PARA SERVIÇO DE TRANSPORTE DE PASSAGEIROS EM VEÍCULO DE ALUGUEL DA CATEGORIA AUTOMÓVEL - TÁXI - E DÁ OUTRAS PROVIDÊNCIAS. AUTOR: JOÃO CAYE</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2837/emenda.88.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2837/emenda.88.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 088/06 - EMENDA AO PROJETO DE LEI PM 033/2006 - CM 81/06 DO EXECUTIVO, QUE ESTABELECE NORMAS PARA O SERVIÇO DE TRANSPORTE DE PASSAGEIROS EM VEÍCULO DE ALUGUEL DA CATEGORIA AUTOMÓVEL - TÁXI - E DÁ PROVIDÊNCIAS. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2846/emenda.103.darci.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2846/emenda.103.darci.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 103/06 - EMENDA ADITIVA AO PROJETO DE LEI DO EXECUTIVO(PM 41/2006) QUE INSTITUI O PROGRAMA DE INCENTIVO AO DESENVOLVIMENTO AGROPECUÁRIO DO MUNICÍPIO E DÁ PROVIDÊNCIAS. AUTORIA: VEREADORES DARCI LAUERMANN E VALDIR RAMOS</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2850/emenda.110.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2850/emenda.110.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 110/06 - EMENDA AO PROJETO DE LEI DO EXECUTIVO PM 044/2006 - CM 102/06, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 2007 E DÁ OUTRAS PROVIDÊNCIAS. AUTOR: VER. ÉRICO MEIRELLES</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2892/emenda.135.mozar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2892/emenda.135.mozar.ok.pdf</t>
   </si>
   <si>
     <t>CM 135/06 - EMENDA AO PROJETO DE LEI PM 055/2006 - CM 131/06 DO EXECUTIVO, QUE ALTERA E CONSOLIDA A LEGISLAÇÃO SOBRE O PLANO DIRETOR MUNICIPAL E ESTABELECE AS DIRETRIZES E PROPOSIÇÕES DE DESENVOLVIMENTO NO MUNICÍPIO E DÁ PROVIDÊNCIAS. AUTOR: VER. MOZAR HOFF</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2873/emenda.159.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2873/emenda.159.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 159/06 - EMENDA AO PROJETO DE LEI DO EXECUTIVO PM 066/2006 - CM 153/06, QUE ALTERA A REDAÇÃO DO § 4º DO ART. 9º DA LEI 2.350 DE 10 DE MAIO DE 2002 E DÁ PROVIDÊNCIAS. AUTOR: VER. CLÓVIS DUARTE.</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2887/emenda.160.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2887/emenda.160.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 160/06 - EMENDA AO PROJETO  DE LEI DO EXECUTIVO PM 069/2006 - CM 156/06, QUE AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 2.700,00 (DOIS MIL E SETECENTOS REAIS) PARA PAGAMENTO DE GRATIFICAÇÃO AOS INTEGRANTES DO COADFAP. AUTOR: VER. CLÓVIS DUARTE</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2908/indicacao.27.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2908/indicacao.27.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 027/06 - INDICA AO PODER EXECUTIVO QUE SEJAM TOMADAS AS PROVIDÊNCIAS LEGAIS CABÍVEIS, COMO POR EXEMPLO SINALIZAÇÃO DE TRÂNSITO E A COLOCAÇÃO DE ALGUM TIPO DE REDUTOR DE VELOCIDADE, A FIM DE GARANTIR A SEGURANÇA E O BEM ESTAR DOS MORADORES DA  VIA PÚBLICA ANTÔNIO PRADO, NO BAIRRO VILA RICA. AUTOR: VER. CLÓVIS DUARTE</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2909/indicacao.31.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2909/indicacao.31.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 031/06 - INDICA AO EXECUTIVO A REINSTALAÇÃO DOS REFLETORES DAS QUADRAS DE VÔLEI DO PARQUE CENTENÁRIO. AUTOR VER. CLÓVIS DUARTE</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2910/indicacao.35.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2910/indicacao.35.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 035/06 - INDICA AO EXECUTIVO QUE SEJA PROVIDENCIADA A IMEDIATA SUBSTITUIÇÃO DAS LÂMPADAS QUEIMADAS DA PISTA ATLÉTICA DO PARQUE CENTENÁRIO. AUTOR: VER. CLÓVIS DUARTE</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2911/indicacao.46.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2911/indicacao.46.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 046/06 - INDICA AO PODER EXECUTIVO , PARA O BEM DO INTERESSE PÚBLICO E POR SOLICITAÇÃO DOS USUÁRIOS DO HOSPITAL SAGRADA FAMÍLIA, QUE A RUA MADRE REGINA PROTMANN SEJA DOTADA DE ILUMINAÇÃO PÚBLICA E SEJAM EFETUADOS REPAROS NA PAVIMENTAÇÃO. AUTOR: VER CLÓVIS DUARTE</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2912/indicacao.49.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2912/indicacao.49.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 049/06 - INDICA AO EXECUTIVO A COLOCAÇÃO DE UMA SINALEIRA NA ESQUINA DA RUA CORONEL GUIMARÃES COM A AVENIDA EGÍDIO MICHAELSEN. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2913/indicacao.50.enio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2913/indicacao.50.enio.ok.pdf</t>
   </si>
   <si>
     <t>CM 050/06 - INDICA AO EXECUTIVO O CALÇAMENTO (PARALELEPÍPEDO) NUMA EXTENSÃO DE 150 METROS NO TRECHO DA ESTRADA DA BARRA, EM FRETE AO VIVEIRO FLORESTAL OURO VERDE. AUTOR: VER. ENIO WEYH</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2914/indicacao.51.enio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2914/indicacao.51.enio.ok.pdf</t>
   </si>
   <si>
     <t>CM 051/06 - INDICA AO EXECUTIVO O ALARGAMENTO DO QUEBRA-MOLAS EM FRENTE À ESCOLA MANOEL FAUSTO PEREIRA FORTES, EM LAJEADINHO. AUTOR: VER. ENIO WEYH</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2915/indicacao.62.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2915/indicacao.62.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 062/06 - INDICA AO EXECUTIVO QUE SEJA PROVIDENCIADA A COLOCAÇÃO DE UM ABRIGO NO PONTO DE ÔNIBUS SITUADO NA ESQUINA DAS RUAS VERANÓPOLIS E TRÊS COROAS, EM FRENTE AO MERCADO E AÇOUGUE NOVA RIO BRANCO, NO BAIRRO NOVA RIO BRANCO. AUTOR: VER. CLÓVIS DUARTE</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2916/indicacao.63.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2916/indicacao.63.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 063/06 - INDICA AO EXECUTIVO QUE REVEJA OS VALORES PAGOS  A TÍTULO DE DIÁRIAS PARA OS SERVIDORES MUNICIPAIS, UMA VEZ QUE A MESMAS ESTÃO TOTALMENTE DEFASADAS. AUTOR: VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2917/indicacao.66.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2917/indicacao.66.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 066/06 - INDICA AO EXECUTIVO A DENOMINAÇÃO PROVISÓRIA DE "TRAVESSA SÃO JOÃO" PARA O TRECHO SITUADO PERPENDICULARMENTE À RUA SÃO JOÃO, PRÓXIMO AOS NÚMEROS 131 E 163. AUTOR: VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2918/indicacao.69.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2918/indicacao.69.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 069/06 - INDICA AO EXECUTIVO QUE O MESMO CONSTRUA UMA CRECHE NO BAIRRO QUILOMBO. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2919/indicacao.70.caye.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2919/indicacao.70.caye.ok.pdf</t>
   </si>
   <si>
     <t>CM 070/06 - INDICA AO EXECUTIVO QUE SEJA NOTIFICADA A SECRETARIA DE OBRAS PARA FAZER, URGENTE, REPAROS NA LOCALIDADE CANTO UNIÃO, NO BAIRRO RIO BRANCO. AUTOR: VER. JOÃO CAYE</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2920/indicacao.77.caye.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2920/indicacao.77.caye.ok.pdf</t>
   </si>
   <si>
     <t>CM 077/06 - INDICA AO EXECUTIVO AS SEGUINTES PROVIDÊNCIAS: LIMPEZA URGENTE NA RUA SÃO JOÃO; REPAROS NO CALÇAMENTO DA RUA OSWALDO CRUZ, PRÓXIMO AO ARMAZÉM DO JOÃO, NO LOTEAMENTO POPULAR. AUTOR: VER. JOÃO CAYE</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2921/indicacao.85.darci_e_valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2921/indicacao.85.darci_e_valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 085/06 - INDICAM AO EXECUTIVO A REMOÇÃO DOS REDUTORES DE VELOCIDADE NA AV. OSVALDO ARANHA, EM FRENTE A ANTIGA AZALEIA. AUTOR: VERS. DARCI LAUERMANN E VALDIR RAMOS</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2922/indicacao.86.darci_e_valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2922/indicacao.86.darci_e_valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 086/06 - INDICA AO EXECUTIVO A CONSTRUÇÃO DO TELHEIRO NO PONTO DE TÁXI. AUTOR: VERS. DARCI LAUERMANN E VALDIR RAMOS</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2923/indicacao.96.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2923/indicacao.96.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 096/06 - INDICA AO EXECUTIVO AS SEGUINTES PROVIDÊNCIAS: CALÇAMENTO DA RUA GUARANI; ASFALTAMENTO DA RUA CACHOEIRINHA; ASFALTAMENTO DAS RUAS DO LOTEAMENTO SÃO RAFAEL; ASFALTAMENTO DAS RUAS DO LOTEAMENTO BLAUTH; ASFALTAMENTO DAS RUAS DO LOTEAMENTO MORADA DO VALE; ASFALTAMENTO DA RUA BENTO GONÇALVES; ASFALTAMENTO DA ESTRADA DO CAMPESTRE, EM CONCEIÇÃO, ATÉ O SANTUÁRIO. AUTOR: VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2924/indicacao.105.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2924/indicacao.105.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 107/06 - INDICA AO EXECUTIVO AS SEGUINTES PROVIDÊNCIAS: A RETIRADA DOS "TACHÕES" DA AV. OSVALDO ARANHA EM FRENTE À EX-AZALEIA E EX- ESCOLA JOSEFINA JACQUES NORONHA; A COLOCAÇÃO DE "TACHÕES" NA ESQUINA DA RUA HENRIQUE D'ÁVILA COM A RUA 1º DE MAIO, JUNTO À CRECHE BRANCA DE NEVE. AUTOR: VER. VALDIR RAMOS</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2925/indicacao.108.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2925/indicacao.108.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 108/06 - INDICA AO EXECUTIVO MUNICIPAL URGENTE CONSERTO NA RUA ELSA DIEMER KLEIN, LOCALIZADA NA VILA RICA. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2937/indicacao.111.rogerio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2937/indicacao.111.rogerio.ok.pdf</t>
   </si>
   <si>
     <t>CM 111/06 - INDICA AO SENHOR PREFEITO MUNICIPAL: QUE SEJAM COLOCADOS TACHÕES , NA RUA ADOLFO SCHENCKEL, EM FRENTE A PARADA DE ÔNIBUS LOCALIZADA JUNTO A ENTRADA DA ESCOLA ESTADUAL JOSÉ BENEMANN; QUE SEJA PROVIDENCIADA A LIMPEZA DA ÁREA ONDE ESTÁ LOCALIZADA A QUADRA ESPORTIVA COBERTA, ASSIM COMO SEJA FEITA A ABERTURA DE UM VALO E A DEVIDA COLOCAÇÃO DE CANOS; QUE SEJA ELABORADO E POSTERIORMENTE EXECUTADO UM PROJETO DE PRAÇA COMUNITÁRIA NO ESPAÇO ENTRE A QUADRA ESPORTIVA E A RUA ADOLFO SCHENCKEL; QUE SEJA FEITA A RECUPERAÇÃO DA PAVIMENTAÇÃO EM PEDRA IRREGULAR, NO TRECHO DA RUA ADOLFO SCHENCKEL, DO FINAL DO ASFALTO, EM DIREÇÃO A ESTRADA DO CAÍ VELHO; QUE SEJA ABERTA UMA RUA, ENTRE A RS 122 E A RUA ADOLFO SCHENCKEL, AO LADO DA SEDE DA ASSOCIAÇÃO COMUNITÁRIA. AUTOR: VER. ROGÉRIO POERSCH</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2926/indicacao.116.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2926/indicacao.116.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 116/06 - INDICA AO EXECUTIVO AS SEGUINTES SUGESTÕES E/OU PEDIDOS: COLOCAÇÃO DE LIXEIRAS PÚBLICAS NO CENTRO DA CIDADE; ASFALTAMENTO DO BURACO NA RUA ADOLFO SCHENCKEL, EM FRENTE À CAPELA MORTUÁRIA NO BAIRRO RIO BRANCO; ILUMINAÇÃO DA PRAÇA PÚBLICA NO LOTEAMENTO LAUX. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2927/indicacao.121.mozar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2927/indicacao.121.mozar.ok.pdf</t>
   </si>
   <si>
     <t>CM 121/06 - INDICA AO EXECUTIVO A COLOCAÇÃO DE REDUTORES DE VELOCIDADE - TACHÕES - NA AVENIDA NELSON HOFF, ENTRE A AGROPECUÁRIA PAINEIRA E O ABRIGO DE ÔNIBUS EXISTENTE NAS PROXIMIDADES DA RESIDENCIA Nº 1633. AUTOR: VER. MOZAR HOFF</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2928/indicacao.127.mozar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2928/indicacao.127.mozar.ok.pdf</t>
   </si>
   <si>
     <t>CM 127/06 - INDICA AO EXECUTIVO A COLOCAÇÃO DE LUMINÁRIAS NA ESTRADA CAMPESTRE CONCEIÇÃO, PRÓXIMO AO ACESSO AO SÍTIO CAMPESTRE DE PROPRIEDADE DO SR. IGUATEMI LÚCIO MOREIRA, NESTE MUNICÍPIO. AUTOR: VER. MOZAR HOFF</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2929/indicacao.134.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2929/indicacao.134.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 134/06 - INDICA AO EXECUTIVO QUE PROVIDENCIE MEDIDAS MAIS EFICAZES, UMA VEZ QUE SOMENTE COM A RENOVAÇÃO DO ASFALTO DA RUA OLAVO FLORES O PROBLEMA ESTARÁ RESOLVIDO.</t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2930/indicacao.141.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2930/indicacao.141.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 141/06 - INDICA AO EXECUTIVO A CONCLUSÃO DO CALÇAMENTO DO PASSEIO DA RUA DAS PITANGUEIRAS, NO LOTEAMENTO LAUX, NESTE MUNICÍPIO. AUTOR: VER. VALDIR RAMOS</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2931/indicacao.142.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2931/indicacao.142.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 142/06 - INDICA AO EXECUTIVO O QUE SEGUE: COLOCAÇÃO DE CANOS DE ESGOTO PARA PROLONGAMENTO DO ESGOTO DO LOTEAMENTO POPULAR; CALÇAMENTO DA TRAVESSA CARLOS CHAGAS (ENTRADA PARA O LOTEAMENTO POPULAR). AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Todos Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2932/indicacao.143.todos.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2932/indicacao.143.todos.ok.pdf</t>
   </si>
   <si>
     <t>CM 143/06 - INDICA AO EXECUTIVO A CRIAÇÃO DO BENEFÍCIO DO ADICIONAL DE RISCO DE VIDA PARA OS GUARDAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2933/indicacao.146.mozar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2933/indicacao.146.mozar.ok.pdf</t>
   </si>
   <si>
     <t>CM 146/06 - INDICA AO EXECUTIVO, PARA EXECUÇÃO PELA SECRETARIA DE OBRAS, AS SEGUINTES PROVIDÊNCIAS: SUBSTITUIÇÃO DOS CANOS DE ESGOTO POR OUTROS DE MAIOR VAZÃO NA RUA EDMUNDO DIEHL, Nº 32; COLOCAÇÃO DE SAIBRO NA ESTRADA CAMPESTRE CONCEIÇÃO, NO ACESSO PRINCIPAL À PROPRIEDADE DO SR. JOÃO FERNANDES, EM CANTO DOS PEREIRAS, NESTE MUNICÍPIO. AUTOR: VER. MOZAR HOFF</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2934/indicacao.147.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2934/indicacao.147.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 147/06 - INDICA AO EXECUTIVO A COLOCAÇÃO DE LUMINÁRIAS NA RUA 12 DE AGOSTO, NO BAIRRO QUILOMBO, NESTE MUNICÍPIO. AUTOR: VER. VALDIR RAMOS</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2935/indicacao.158.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2935/indicacao.158.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 158/06 - INDICA AO EXECUTIVO, A PEDIDO DE MORADORES, PROVIDÊNCIAS DA SECRETARIA DE OBRAS NO SENTIDO DE CONTER O DESMORONAMENTO QUE VEM OCORRENDO NO MURO DO ARROIO COITINHO, NAS PROXIMIDADES DA ANTIGA AZALEIA, NESTE MUNICIPIO. AUTOR: VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2936/indicacao.168.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2936/indicacao.168.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 168/06 - INDICA AO EXECUTIVO MUNICIPAL QUE SEJA PROVIDENCIADO A COLOCAÇÃO DE UM POSTE PARA INSTALAÇÃO DE REDE BAIXA DE ENERGIA ELÉTRICA NA RUA MÉXICO, Nº 474, NO LOTEAMENTO SÃO RAFAEL, NESTA CIDADE. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2952/requerimento.61.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2952/requerimento.61.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 061/06 - REQUER QUE SEJA ENVIADA UMA MENSAGEM DE CUMPRIMENTOS AO SR. ROQUE AMÂNCIO MENGATO PELO LANÇAMENTO DO SEU PRIMEIRO LIVRO, COM O TÍTULO "EU VIVI A IDADE MÉDIA". AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>MOR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2987/requerimento.167.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2987/requerimento.167.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 167/06 - PROPÕE QUE SEJA ENVIADA UMA MOÇÃO DE REPÚDIO AOS EXCELENTÍSSIMOS SRS. PRESIDENTE DA CÂMARA DOS DEPUTADOS E DO SENADO FEDERAL, MANIFESTANDO A CONTRARIEDADE DO SIGNATÁRIO AO AUMENTO ABUSIVO DE SEUS SALÁRIOS POR DECISÕES DAS DUAS CASAS LEGISLATIVAS. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2893/projeto.47.mesa.decreto.licenca.prefeito.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2893/projeto.47.mesa.decreto.licenca.prefeito.ok.pdf</t>
   </si>
   <si>
     <t>CM 047/06 - CONCEDE LICENÇA AO PREFEITO LÉO ALBERTO KLEIN, PARA GOZO DE FÉRIAS E AUTORIZAÇÃO PARA SE AUSENTAR DO PAÍS NO MESMO PERÍODO.</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2895/projeto.74.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2895/projeto.74.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 074/06 - ACRESCENTA DISPOSITIVOS AO ART. 2º DA LEI 1599/92 (CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ), INSTITUINDO A COBRANÇA DO PREÇO PÚBLICO  PELA OCUPAÇÃO E USO DO SOLO, DO SUB-SOLO E DO ESPAÇO AÉREO, PELAS REDES DE TRANSMISSÃO DE ENERGIA ELÉTRICA, TELECOMUNICAÇÕES E OUTROS. AUTOR: VER. CLÓVIS DUARTE</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2804/projeto.executivo.01.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2804/projeto.executivo.01.ok.pdf</t>
   </si>
   <si>
     <t>PM 001/2006 - CM 004/06 - AUTORIZA O MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ À PARTICIPAR DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DA REGIÃO DO VALE DO RIO CAÍ (CIS/CAI) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2805/projeto.executivo.02.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2805/projeto.executivo.02.ok.pdf</t>
   </si>
   <si>
     <t>PM 002/2006 - CM 005/06 - CONCEDE UMA SUBVENÇÃO SOCIAL DE R$ 14.400,00 PARA A ASSOCIAÇÃO SOLIDARIEDADE E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2806/projeto.executivo.03.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2806/projeto.executivo.03.ok.pdf</t>
   </si>
   <si>
     <t>PM 003/2006 - CM 006/06 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 28.359,50 (VINTE E OITO MIL, TREZENTOS E CINQUENTA E NOVE REAIS E CINQUENTA CENTAVOS) PARA ATENDER DESPESAS COM A MANUTENÇÃO DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DA REGIÃO VALE DO RIO CAI - CIS - CAÍ.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2807/projeto.executivo.04.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2807/projeto.executivo.04.ok.pdf</t>
   </si>
   <si>
     <t>PM 004/2006 - CM 007/06 - ALTERA OS INCISOS I, II, III E CRIA OS INCISOS IV, V, VI, E INCLUI OS § 6º NO ART. 2º DA LEI Nº 2.092, DE 13 DE NOVEMBRO DE 1998, QUE CRIA A JUNTA ADMINISTRATIVA DE RECURSOS DE INFRAÇÕES - JARI.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2808/projeto.executivo.05.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2808/projeto.executivo.05.ok.pdf</t>
   </si>
   <si>
     <t>PM 005/2006 - CM 008/06 - AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE PARCELAMENTO DE DIVIDA FISCAL COM O INSS.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2809/projeto.executivo.06.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2809/projeto.executivo.06.ok.pdf</t>
   </si>
   <si>
     <t>PM 006/2006 - CM 009/06 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 10.000,00 (DEZ MIL REAIS) PARA ATENDER DESPESAS COM O PROGRAMA PRIMEIRA INFÂNCIA MELHOR - PIM - ESTADO.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2810/projeto.executivo.07.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2810/projeto.executivo.07.ok.pdf</t>
   </si>
   <si>
     <t>PM 007/2006 - CM 010/06 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 12.000,00 (DOZE MIL REAIS) PARA ATENDER DESPESAS COM INCENTIVO A GESTÃO BÁSICA PROJETO MUNICÍPIO RESOLVE PABA.</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2811/projeto.executivo.08.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2811/projeto.executivo.08.ok.pdf</t>
   </si>
   <si>
     <t>PM 008/2006 - CM 011/06 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 22.843,55 (VINTE E DOIS MIL, OITOCENTOS E QUARENTA E TRÊS REAIS E CINQUENTA E CINCO CENTAVOS) PARA AQUISIÇÃO DE UM VEÍCULO PARA A SECRETARIA DE SAÚDE.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2812/projeto.executivo.09.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2812/projeto.executivo.09.ok.pdf</t>
   </si>
   <si>
     <t>PM 009/2006 - CM 012/06 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O CÍRCULO DE MÁQUINAS DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2813/projeto.executivo.10.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2813/projeto.executivo.10.ok.pdf</t>
   </si>
   <si>
     <t>PM 010/2006 - CM 013/06 - CONCEDE UMA CONTRIBUIÇÃO DE R$ 27.600,00 (VINTE E SETE MIL E SEISCENTOS REAIS) PARA A SOCIEDADE CIVIL CORPO DE BOMBEIROS VOLUNTÁRIOS DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2814/projeto.executivo.11.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2814/projeto.executivo.11.ok.pdf</t>
   </si>
   <si>
     <t>PM 011/2006 - CM 017/06 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO COM A ASSOCIAÇÃO CONGREGAÇÃO SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2815/projeto.executivo.12.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2815/projeto.executivo.12.ok.pdf</t>
   </si>
   <si>
     <t>PM 012/2006 - CM 018/06 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A APAE PARA O ATENDIMENTO DE CRIANÇAS EXCEPCIONAIS RESIDENTES NO TERRITÓRIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2816/projeto.executivo.13.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2816/projeto.executivo.13.ok.pdf</t>
   </si>
   <si>
     <t>PM 013/2006 - CM 019/06 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR 7 (SETE) SERVENTES, EM CARÁTER EMERGENCIAL, POR 6 (SEIS) MESES.</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2817/projeto.executivo.14.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2817/projeto.executivo.14.ok.pdf</t>
   </si>
   <si>
     <t>PM 014/2006 - CM 020/06 - CONCEDE UMA SUBVENÇÃO SOCIAL DE R$ 600,00 PARA O AUTO MOTO CLUBE CAIENSE E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2818/projeto.executivo.15.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2818/projeto.executivo.15.ok.pdf</t>
   </si>
   <si>
     <t>PM 015/2006 - CM 021/06 - CONCEDE SUBVENÇÃO SOCIAL À ASSOCIAÇÃO ESCOLA DOS DEFICIENTES VISUAIS DO VALE DO CAI E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2819/projeto.executivo.16.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2819/projeto.executivo.16.ok.pdf</t>
   </si>
   <si>
     <t>PM 016/2006 - CM 022/06 - AUTORIZA O MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ A FIRMAR CONVÊNIO COM O PODER JUDICIÁRIO DO ESTADO DO RIO GRANDE DO SUL, VISANDO A CEDÊNCIA DE SERVIDORES E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2820/projeto.executivo.17.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2820/projeto.executivo.17.ok.pdf</t>
   </si>
   <si>
     <t>PM 017/2006 - CM 023/06 - AUTORIZA O MUNICÍPIO A AMPLIAR O PRAZO DOS BENEFÍCIOS DO ART 3º DA LEI 2.057 DE 04 DE MAIO DE 1998 E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2902/projeto.24.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2902/projeto.24.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 024/06 - DISPÕE SOBRE A COLOCAÇÃO DE CARTAZES COM OS NÚMEROS DOS TELEFONES DO CONSELHO TUTELAR E DE SEUS CONSELHEIROS EM LOCAIS PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS. AUTOR: VER. CLÓVIS DUARTE</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2903/projeto.25.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2903/projeto.25.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 025/06 - DISPÕE SOBRE O ATENDIMENTO DE VÍTIMAS DE VIOLÊNCIA SEXUAL E DÁ OUTRAS PROVIDÊNCIAS. AUTOR: VER. CLÓVIS DUARTE</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2821/projeto.executivo.18.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2821/projeto.executivo.18.ok.pdf</t>
   </si>
   <si>
     <t>PM 018/06 - CM 028/06 - CONCEDE SUBVENÇÃO SOCIAL AO ESPORTE CLUBE GUARANI E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2822/projeto.executivo.19.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2822/projeto.executivo.19.ok.pdf</t>
   </si>
   <si>
     <t>PM 019/2006 - CM 032/06 - CRIA O CONSELHO MUNICIPAL DE TRÂNSITO - COMTRA -, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2823/projeto.executivo.20.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2823/projeto.executivo.20.ok.pdf</t>
   </si>
   <si>
     <t>PM 020/2006 - CM 033/06 - AUTORIZA O EXECUTIVO A CELEBRAR ESCRITURA PÚBLICA DE DOAÇÃO DE IMÓVEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2824/projeto.executivo.21.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2824/projeto.executivo.21.ok.pdf</t>
   </si>
   <si>
     <t>PM 021/2006 - CM 036/06 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$30.548,15 (TRINTA MIL, QUINHENTOS E QUARENTA E OITO REAIS E QUINZE CENTAVOS) PARA SUBVENÇÃO À ASSOCIAÇÃO CONGREGAÇÃO SANTA CATARINA E AQUISIÇÃO DE MEDICAMENTOS PARA A SECRETARIA MUNICIPAL DA SAÚDE.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2825/projeto.executivo.22.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2825/projeto.executivo.22.ok.pdf</t>
   </si>
   <si>
     <t>PM 022/2006 - CM 037/06 - CONCEDE UMA SUBVENÇÃO SOCIAL DE R$ 500.00 (QUINHENTOS REAIS) AO CENTRO DE RECUPERAÇÃO DESAFIO JOVEM GIDEÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2826/projeto.executivo.23.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2826/projeto.executivo.23.ok.pdf</t>
   </si>
   <si>
     <t>PM 023/2006 - CM 038/06 - AUTORIZA O EXECUTIVO MUNICIPAL A REAJUSTAR AS TABELAS DE REMUNERAÇÃO DOS SERVIDORES MUNICIPAIS, ATIVOS, INATIVOS E PENSIONISTAS.</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2900/projeto.39.mesa.revisao_subsidio_prefeito.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2900/projeto.39.mesa.revisao_subsidio_prefeito.ok.pdf</t>
   </si>
   <si>
     <t>CM 039/06 - REAJUSTA NOS MESES DE MAIO, JULHO E SETEMBRO DE 2006 OS SUBSÍDIOS DO PREFEITO MUNICIPAL E  DO VICE-PREFEITO.</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2901/projeto.40.mesa.revisao_subsidios_secretarios.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2901/projeto.40.mesa.revisao_subsidios_secretarios.ok.pdf</t>
   </si>
   <si>
     <t>CM 040/06 - REAJUSTA NOS MESES DE MAIO, JULHO E SETEMBRO DE 2006 O SUBSÍDIO DOS SECRETÁRIOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2898/projeto.41.mesa.revisao_subsidios_vereadores.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2898/projeto.41.mesa.revisao_subsidios_vereadores.ok.pdf</t>
   </si>
   <si>
     <t>CM 041/06 - REAJUSTA NOS MESES DE MAIO, JULHO E SETEMBRO DE 2006 O SUBSÍDIO DOS VEREADORES.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2899/projeto.42.mesa.revoga_artigo_lei.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2899/projeto.42.mesa.revoga_artigo_lei.ok.pdf</t>
   </si>
   <si>
     <t>CM 042/06 - REVOGA O ART. 28 E PARÁGRAFO ÚNICO DA LEI Nº 2.689, DE 29 DE JULHO DE 2005.</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2897/projeto.44.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2897/projeto.44.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 044/06 - DISPÕE SOBRE O ATENDIMENTO DE VÍTIMAS DE VIOLÊNCIA SEXUAL E DÁ OUTRAS PROVIDÊNCIAS. VER. CLÓVIS DUARTE</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2827/projeto.executivo.24.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2827/projeto.executivo.24.ok.pdf</t>
   </si>
   <si>
     <t>PM 024/2006 - CM 052/06 - AUTORIZA O EXECUTIVO MUNICIPAL A PAGAR R$ 650,00 EM DESPESAS DE TRANSPORTE DO GRUPO ESCOTEIRO TAQUATÓ PARA PARTICIPAR DO ENCONTRO SETORIAL EM CHARQUEADAS, RS E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2828/projeto.executivo.25.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2828/projeto.executivo.25.ok.pdf</t>
   </si>
   <si>
     <t>PM 025/2006 - CM 053/06 - AUTORIZA O CANCELAMENTO DE DÉBITOS TRIBUTÁRIOS NO VALOR DE R$ 42.640,53 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2829/projeto.executivo.26.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2829/projeto.executivo.26.ok.pdf</t>
   </si>
   <si>
     <t>PM 026/2006 - CM 054/06 - AUTORIZA A CRIAR NA SECRETARIA MUNICIPAL DE OBRAS E SANEAMENTO O SERVIÇO MUNICIPAL DE ÁGUAS - SEMA E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2830/projeto.executivo.27.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2830/projeto.executivo.27.ok.pdf</t>
   </si>
   <si>
     <t>PM 027/2006 - CM 055/06 - REVOGA O ART. 19, COM SEUS PARÁGRAFOS E INCISOS DA LEI 1.409 DE 24 DE AGOSTO DE 1990 E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2896/projeto.60.mozar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2896/projeto.60.mozar.ok.pdf</t>
   </si>
   <si>
     <t>CM 060/06 - DENOMINA DUAS RUAS DA LOCALIDADE DE RINCÃO DO SABUGO, EM CONCEIÇÃO, NESTE MUNICÍPIO. AUTOR: VER. MOZAR HOFF</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2831/projeto.executivo.28.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2831/projeto.executivo.28.ok.pdf</t>
   </si>
   <si>
     <t>PM 028/2006 - CM 064/06 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 3.966,00 (TRÊS MIL, NOVECENTOS E SESSENTA E SEIS REAIS) PARA AQUISIÇÃO DE MATERIAIS DE CONSUMO E MATERIAIS PERMANENTES PARA OS SERVIÇOS DE ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2832/projeto.executivo.29.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2832/projeto.executivo.29.ok.pdf</t>
   </si>
   <si>
     <t>PM 029/2006 - CM 072/06 - ALTERA O NÚMERO DE CARGOS DA GUARDA MUNICIPAL NA LEI 2.674/05 MUNICÍPIO E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2833/projeto.executivo.30.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2833/projeto.executivo.30.ok.pdf</t>
   </si>
   <si>
     <t>PM 030/2006 - CM 78/06 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A APAE PARA O ATENDIMENTO DE CRIANÇAS EXCEPCIONAIS RESIDENTES NO TERRITÓRIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2834/projeto.executivo.31.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2834/projeto.executivo.31.ok.pdf</t>
   </si>
   <si>
     <t>PM 031/2006 - CM 079/06 - REVOGA O PARÁGRAFO 2º DO ART. 99 DE LEI 2312 DE 28 DE DEZEMBRO DE 2001, E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2835/projeto.executivo.32.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2835/projeto.executivo.32.ok.pdf</t>
   </si>
   <si>
     <t>PM 032/2006 - CM 080/06 - AUTORIZA O EXECUTIVO MUNICIPAL A ADQUIRIR UM TERRENO, COM BENFEITORIAS PARA AMPLIAÇÃO DO CENTRO INTEGRADO NAVEGANTES, NESTA CIDADE E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2838/projeto.executivo.33.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2838/projeto.executivo.33.ok.pdf</t>
   </si>
   <si>
     <t>PM 033/2006 - CM 081/06 -  ESTABELECE NORMAS PARA O SERVIÇO DE TRANSPORTE DE PASSAGEIROS EM VEÍCULO DE ALUGUEL DA CATEGORIA AUTOMÓVEL - TÁXI - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2839/projeto.executivo.34.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2839/projeto.executivo.34.ok.pdf</t>
   </si>
   <si>
     <t>PM 034/2006 - CM 082/06 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 7.500,84 (SETE MIL QUINHENTOS REAIS E OITENTA E QUATRO CENTAVOS) PARA AQUISIÇÃO DE MEDICAMENTOS.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2840/projeto.executivo.35.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2840/projeto.executivo.35.ok.pdf</t>
   </si>
   <si>
     <t>PM 035/2006 - CM 083/06 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONVÊNIO, COM A ASSOCIAÇÃO CONGREGAÇÃO SANTA CATARINA E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2841/projeto.executivo.36.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2841/projeto.executivo.36.ok.pdf</t>
   </si>
   <si>
     <t>PM 036/2006 - CM 090/06 - DISPÕE SOBRE A PUBLICAÇÃO DE ATOS OFICIAIS DO MUNICÍPIO E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2842/projeto.executivo.37.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2842/projeto.executivo.37.ok.pdf</t>
   </si>
   <si>
     <t>PM 037/2006 - CM 091/06 - CONCEDE SUBVENÇÃO SOCIAL À SOCIEDADE CULTURAL DOS CANTORES DE SÃO SEBASTIÃO DO CAÍ E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2843/projeto.executivo.38.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2843/projeto.executivo.38.ok.pdf</t>
   </si>
   <si>
     <t>PM 038/2006 - CM 092/06 - CONCEDE SUBVENÇÃO SOCIAL À ASSOCIAÇÃO DE MORADORES DO BAIRRO RIO BRANCO E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2844/projeto.executivo.39.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2844/projeto.executivo.39.ok.pdf</t>
   </si>
   <si>
     <t>PM 039/2006 - CM 093/06 - AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NA IMPORTÂNCIA DE R$ 23.904,56 (VINTE E TRÊS MIL, NOVECENTOS E QUATRO REAIS E CINQUENTA E SEIS CENTAVOS) PARA SUBVENÇÃO À ASSOCIAÇÃO CONGREGAÇÃO SANTA CATARINA E AQUISIÇÃO DE MEDICAMENTOS PARA A SECRETARIA MUNICIPAL DA SAÚDE.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2845/projeto.executivo.40.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2845/projeto.executivo.40.ok.pdf</t>
   </si>
   <si>
     <t>PM 040/2006 - CM 094/06 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 7.379,25 (SETE MIL, TREZENTOS E SETENTA E NOVE REAIS E VINTE E CINCO CENTAVOS) PARA APOIO AO DESENVOLVIMENTO DE ALUNOS COM NECESSIDADES EDUCACIONAIS ESPECIAIS.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2847/projeto.executivo.41.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2847/projeto.executivo.41.ok.pdf</t>
   </si>
   <si>
     <t>PM 041/2006 - CM 097/06 - INSTITUI O PROGRAMA DE INCENTIVO DE DESENVOLVIMENTO AGROPECUÁRIO DO MUNICÍPIO E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2849/projeto.executivo.43.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2849/projeto.executivo.43.ok.pdf</t>
   </si>
   <si>
     <t>PM 043/2006 - CM 101/06 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O CÍRCULO DE MÁQUINAS DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2851/projeto.executivo.44.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2851/projeto.executivo.44.ok.pdf</t>
   </si>
   <si>
     <t>PM 044/2006 - CM 102/06 - DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 2007 E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2848/projeto.executivo.42.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2848/projeto.executivo.42.ok.pdf</t>
   </si>
   <si>
     <t>PM 042/2006 - CM 106/06 - CONCEDE REDUÇÃO NA COBRANÇA DA MULTA E DOS JUROS INCIDENTES SOBRE DÉBITOS DE QUALQUER NATUREZA PARA COM O MUNICÍPIO.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2894/projeto.107.darci.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2894/projeto.107.darci.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 107/06 - DÁ DENOMINAÇÃO ÀS RUAS A,B,C e D DO LOTEAMENTO VILA PROGRESSO, NESTE MUNICÍPIO. AUTOR: VER. DARCI LAUERMANN E ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2852/projeto.executivo.45.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2852/projeto.executivo.45.ok.pdf</t>
   </si>
   <si>
     <t>PM 045/2006 - CM 112/06 - ALTERA OS INCISOS I E II NO ART. 2º DA LEI Nº 2.785, DE 28 DE JULHO DE 2006, QUE INSTITUI O PROGRAMA DE INCENTIVO AO DESENVOLVIMENTO AGROPECUÁRIO.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2853/projeto.executivo.46.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2853/projeto.executivo.46.ok.pdf</t>
   </si>
   <si>
     <t>PM 046/2006 - 114/06 - ALTERA AS FINALIDADES DO ART. 1º DA LEI 2.783 DE 21 DE JULHO DE 2006.</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2854/projeto.executivo.47.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2854/projeto.executivo.47.ok.pdf</t>
   </si>
   <si>
     <t>PM 047/2006 - CM 117/06 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 5.700,00 (CINCO MIL E SETECENTOS REAIS) PARA APOIO AO DESENVOLVIMENTO DE ALUNOS COM NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2855/projeto.executivo.48.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2855/projeto.executivo.48.ok.pdf</t>
   </si>
   <si>
     <t>PM 048/2006 - CM 122/06 - AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR ATÉ A  IMPORTÂNCIA DE R$ 1.237,700,00 (UM MILHÃO, DUZENTOS E TRINTA E SETE MIL E SETECENTOS REAIS) PARA ATENDER DESPESAS COM PESSOAL.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2856/projeto.executivo.49.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2856/projeto.executivo.49.ok.pdf</t>
   </si>
   <si>
     <t>PM 049/2006 - CM 123/06 - ALTERA A ESTRUTURA ADMINISTRATIVA BÁSICA DO EXECUTIVO MUNICIPAL, E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2857/projeto.executivo.50.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2857/projeto.executivo.50.ok.pdf</t>
   </si>
   <si>
     <t>PM 050/2006 - CM 124/06 - AUTORIZA O EXECUTIVO MUNICIPAL A RENOVAR, ATÉ 31 DE DEZEMBRO DE 2006, EM CARÁTER EMERGENCIAL OS CONTRATOS DE 7 (SETE) SERVENTES, ORIGINADOS DA LEI 2.752/06.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2858/projeto.executivo.51.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2858/projeto.executivo.51.ok.pdf</t>
   </si>
   <si>
     <t>PM 051/2006 - CM 125/06 - AUTORIA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 5.000,00 (CINCO MIL REAIS) PARA COBRIR DESPESAS COM O PROGRAMA MUNICÍPIO RESOLVE - ESTADO.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2859/projeto.executivo.52.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2859/projeto.executivo.52.ok.pdf</t>
   </si>
   <si>
     <t>PM 052/2006 - CM 128/06 - ESTABELECE A ESTRUTURA ADMINISTRATIVA BÁSICA DO EXECUTIVO MUNICIPAL , E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2860/projeto.executivo.53.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2860/projeto.executivo.53.ok.pdf</t>
   </si>
   <si>
     <t>PM 053/2006 - CM 129/06 - AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÕES DE CREDITO COM A CAIXA ESTADUAL S.A - AGÊNCIA DE FOMENTO - RS, COM RECURSOS PRÓPRIOS PARA OBRAS DE INFRA-ESTRUTURA URBANA E SANEAMENTO.</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2861/projeto.executivo.54.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2861/projeto.executivo.54.ok.pdf</t>
   </si>
   <si>
     <t>PM 054/2006 - CM 130/06 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR, ATÉ 31 DE DEZEMBRO DE 2006, 2 (DUAS) SERVENTES, EM CARÁTER EMERGENCIAL E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2862/projeto.executivo.55.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2862/projeto.executivo.55.ok.pdf</t>
   </si>
   <si>
     <t>PM 055/2006 - CM 131/06 - ALTERA, ATUALIZA E CONSOLIDA A LEGISLAÇÃO SOBRE O PLANO DIRETOR MUNICIPAL E ESTABELECE AS DIRETRIZES E PROPOSIÇÕES DE DESENVOLVIMENTO NO MUNICÍPIO E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2863/projeto.executivo.56.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2863/projeto.executivo.56.ok.pdf</t>
   </si>
   <si>
     <t>PM 056/2006 - CM 132/06 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 6.000,00 (SEIS MIL REAIS) PARA AQUISIÇÃO DE EQUIPAMENTOS E MATERIAL PERMANENTE.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2864/projeto.executivo.57.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2864/projeto.executivo.57.ok.pdf</t>
   </si>
   <si>
     <t>PM 057/2006 - CM 133/06 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 1.944,00 (MIL NOVECENTOS E QUARENTA E QUATRO REAIS) PARA COBRIR DESPESAS COM O CONVÊNIO BOLSA FAMÍLIA - UNIÃO.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2865/projeto.executivo.58.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2865/projeto.executivo.58.ok.pdf</t>
   </si>
   <si>
     <t>PM 058/2006 - CM 137/06 - DEFINE AS ATIVIDADES INSALUBRES E PERIGOSAS PARA EFEITOS DE PERCEPÇÃO DO ADICIONAL CORRESPONDENTE E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2866/projeto.executivo.59.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2866/projeto.executivo.59.ok.pdf</t>
   </si>
   <si>
     <t>PM 059/2006 - CM 138/06 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 7.306,64 (SETE MIL, TREZENTOS E SEIS REAIS E SESSENTA E QUATRO CENTAVOS) PARA RESSARCIMENTO DE SALÁRIO DE PESSOAL REQUISITADO DO ESTADO.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2867/projeto.executivo.60.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2867/projeto.executivo.60.ok.pdf</t>
   </si>
   <si>
     <t>PM 060/2006 - CM 139/06 - REVOGA AS LEIS Nº 1.612, 1.614 E 1.831 E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2868/projeto.executivo.61.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2868/projeto.executivo.61.ok.pdf</t>
   </si>
   <si>
     <t>PM 061/2006 - CM 144/06 - AUTORIZA O RECEBIMENTO DE IMÓVEL POR DAÇÃO EM PAGAMENTO DE CRÉDITOS TRIBUTÁRIOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2869/projeto.executivo.62.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2869/projeto.executivo.62.ok.pdf</t>
   </si>
   <si>
     <t>PM 062/2006 - CM 145/06 - AUTORIZA O EXECUTIVO MUNICIPAL A ALIENAR ATRAVÉS DE LEILÃO, VEÍCULOS DE PROPRIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2870/projeto.executivo.63.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2870/projeto.executivo.63.ok.pdf</t>
   </si>
   <si>
     <t>PM 063/2006 - CM 148/06 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 110.750,00 (CENTO E DEZ MIL SETECENTOS E CINQUENTA REAIS) PARA AQUISIÇÃO DE VEÍCULO.</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2871/projeto.executivo.64.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2871/projeto.executivo.64.ok.pdf</t>
   </si>
   <si>
     <t>PM 064/2006 - CM 149/06 - ALTERA DISPOSITIVOS DA LEI MUNICIPAL, 2.804/2006 DE 27 DE OUTUBRO DE 2006, SOBRE ATIVIDADES INSALUBRES PREVISTAS NO LAUDO EM ANEXO, PARA EFEITOS DE PERCEPÇÃO DO ADICIONAL CORRESPONDENTE.</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2872/projeto.executivo.65.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2872/projeto.executivo.65.ok.pdf</t>
   </si>
   <si>
     <t>PM 065/2006 - CM 150/06 - ORÇAMENTO PARA O EXERCÍCIO ECONÔMICO-FINANCEIRO DE 2007.</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2874/projeto.executivo.66.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2874/projeto.executivo.66.ok.pdf</t>
   </si>
   <si>
     <t>PM 066/2006 - CM 153/06 - ALTERA A REDAÇÃO DO § 4º DO ART. 9º DA LEI 2.350 DE 10 DE MAIO DE 2002 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2885/projeto.executivo.67.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2885/projeto.executivo.67.ok.pdf</t>
   </si>
   <si>
     <t>PM 067/2006 - CM 154/06 - INSTITUI O CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO PARA O EXERCÍCIO DE 2007.</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2886/projeto.executivo.68.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2886/projeto.executivo.68.ok.pdf</t>
   </si>
   <si>
     <t>PM 068/2006 - CM 155/06 - REAJUSTA EM 3,5% (TRÊS E MEIO POR CENTO) OS VALORES DOS TRIBUTOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2888/projeto.executivo.69.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2888/projeto.executivo.69.ok.pdf</t>
   </si>
   <si>
     <t>PM 069/2006 - CM 156/06 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE 2.700,00 (DOIS MIL E SETECENTOS REAIS) PARA PAGAMENTO DE GRATIFICAÇÃO AOS INTEGRANTES DO COADFAP.</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2889/projeto.executivo.70.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2889/projeto.executivo.70.ok.pdf</t>
   </si>
   <si>
     <t>PM 070/2006 - CM 163/06 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 97.000,00 (NOVENTA E SETE MIL REAIS) PARA OBRAS, INSTALAÇÕES E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2890/projeto.executivo.71.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2890/projeto.executivo.71.ok.pdf</t>
   </si>
   <si>
     <t>PM 071/2006 - CM 164/06 - INSTITUI A TAXA DE LICENCIAMENTO AMBIENTAL E FLORESTAL NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2891/projeto.executivo.72.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2891/projeto.executivo.72.ok.pdf</t>
   </si>
   <si>
     <t>PM 072/2006 - CM 165/06 - PRORROGA O PRAZO DA LEI Nº 2.806 DE 16 DE NOVEMBRO DE 2006 E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2904/projeto.01.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2904/projeto.01.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 01/06 - DISPÕE SOBRE A INSTALAÇÃO DE CIRCUITO INTERNO DE TV COM ÁUDIO E VÍDEO NA SALA DAS SESSÕES DA CÂMARA MUNICIPAL DE SÃO SEBASTIÃO DO CAÍ. AUTOR: VER. VALDIR RAMOS</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2907/projeto.45.mesa.resolucao.revisao_vencimentos_s_ZFhxE81.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2907/projeto.45.mesa.resolucao.revisao_vencimentos_s_ZFhxE81.pdf</t>
   </si>
   <si>
     <t>CM 045/06 - REAJUSTA NOS MESES DE MAIO, JULHO E SETEMBRO DE 2006 AS TABELAS DE VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2906/projeto.84.mesa.resolucao.transferencia_bens.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2906/projeto.84.mesa.resolucao.transferencia_bens.ok.pdf</t>
   </si>
   <si>
     <t>CM 084/06 - AUTORIZA A TRANSFERÊNCIA DE 1 (UMA) IMPRESSORA, BEM PATRIMONIAL Nº 5179, PARA A PREFEITURA MUNICIPAL DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2905/projeto.100.mesa.resolucao.institui_comissao.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2905/projeto.100.mesa.resolucao.institui_comissao.ok.pdf</t>
   </si>
   <si>
     <t>CM 100/06 - INSTITUI COMISSÃO ESPECIAL PARA ORGANIZAR O DIA DO PACTO PELO RIO GRANDE NO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Partido do Movimento Democrático Brasileiro</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2938/requerimento.02.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2938/requerimento.02.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 002/06 - REQUEREM AS SEGUINTES INFORMAÇÕES: SE FOI VERIFICADO CONSUMO EXCESSIVO DE ÁGUA, NA ECONOMIA (RELÓGIO), ONDE ESTÁ INSTALADO O CONSELHO TUTELAR, LOCALIZADO NA AVENIDA EGÍDIO MICHAELSEN, 125, EM SÃO SEBASTIÃO DO CAÍ; SE FOI SOLICITADO POR PARTE DO TITULAR DA CONTA, VERIFICAÇÃO SOBRE POSSIBILIDADE DE VAZAMENTO NAS INSTALAÇÕES DAQUELE PRÉDIO; SE HOUVE ALGUMA DENÚNCIA OU REGISTRO POLICIAL DE FURTO DE ÁGUA, COM RELAÇÃO À ECONOMIA ACIMA IDENTIFICADA. AUTOR: VER. DARCI LAUERMANN, CLÓVIS DUARTE, MOZAR HOFF E VALDIR RAMOS</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2939/requerimento.03.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2939/requerimento.03.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 003/06 - REQUER QUE SEJA ENVIADO UMA CORRESPONDÊNCIA A BRASIL TELECOM S.A. SOLICITANDO DA MESMA AMPLIAÇÃO E DISPONIBILIDADE DE ACESSO A INTERNET PARA O MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2940/requerimento.14.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2940/requerimento.14.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 014/06 - PROPÕE QUE SEJA ENCAMINHADO OFÍCIO AO COMANDANTE DO 27º BATALHÃO DE POLÍCIA MILITAR DESTA CIDADE, SOLICITANDO UM POLICIAMENTO MAIS OSTENSIVO NAS PROXIMIDADES DO INSTITUTO ESTADUAL DE EDUCAÇÃO PAULO FREIRE, NO BAIRRO QUILOMBO. AUTOR: VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2941/requerimento.15.mozar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2941/requerimento.15.mozar.ok.pdf</t>
   </si>
   <si>
     <t>CM 015/06 - PROPÕE QUE SEJA ENCAMINHADO UM OFÍCIO À AES SUL DISTRIBUIDORA GAÚCHA DE ENERGIA ELÉTRICA SOLICITANDO A ATUALIZAÇÃO EM SEUS CADASTROS DOS ENDEREÇOS DOS MORADORES DA RUA JÚLIO DE CASTILHOS. AUTOR: VER. MOZAR HOFF</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2942/requerimento.16.valdir.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2942/requerimento.16.valdir.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 016/06 - PROPÕE QUE SEJA ENCAMINHADO EXPEDIENTE AO SENHOR PREFEITO MUNICIPAL SOLICITANDO QUE SEJA OFICIADO À IMOBILIÁRIA  SCHMITZ, RESPONSÁVEL PELO LOTEAMENTO DA ENTRADA DO ANGICO PARA QUE A ESTRADA DO ANGICO NÃO SEJA INTERROMPIDA PELA INFRAESTRUTURA DO LOTEAMENTO , PRINCIPALMENTE NOS DIAS DE CHUVA. AUTOR: VER. VALDIR RAMOS E DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2943/requerimento.26.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2943/requerimento.26.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 026/06 - REQUER QUE SEJA ENCAMINHADO OFÍCIO À RBS TV (EM ESPECIAL AO SENHOR LAZIER MARTINS, COMENTARISTA), CONTENDO ALGUMAS PONDERAÇÕES E SUGESTÕES. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2944/requerimento.29.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2944/requerimento.29.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 029/06 - PROPÕE QUE SEJA ENCAMINHADO OFÍCIO À DIRETORA DA ASSOCIAÇÃO CONGREGAÇÃO SANTA CATARINA, IRMÃ AGNES BIESDORF, CONVIDANDO-A PARA SE FAZER PRESENTE A UMA DAS PRÓXIMAS SESSÕES DESTA CÂMARA. AUTOR: VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2945/requerimento.30.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2945/requerimento.30.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 030/06 - PROPÕE QUE SEJA EXPEDIDO CONVITE AO SR. TELMO LUIZ BENEDETTI, GERENTE DA AGÊNCIA LOCAL DO BANCO DO BRASIL, PARA EM UMA DAS PRÓXIMAS SESSÕES DESTA CÂMARA EXPOR AOS NOBRES EDIS AS NOVAS LINHAS DE CRÉDITO DISPONIBILIZADAS PARA PEQUENAS E MICRO EMPRESAS. AUTOR: ERICO MEIRELLES.</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2946/requerimento.34.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2946/requerimento.34.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 034/06 - PROPÕE QUE SEJAM ENCAMINHADOS OFÍCIOS AO EXM° SR. GOVERNADOR DO ESTADO, GERMANO RIGOTTO, E AO EXM° SR. SECRETÁRIO DE ESTADO DA SAÚDE, OSMAR TERRA, BUSCANDO ESCLARECIMENTOS SOBRE O PROGRAMA SALVAR E SOBRE AS RAZÕES DE O MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ , EXTREMAMENTE CARENTE DE EQUIPAMENTOS NA ÁREA DA SAÚDE, NÃO TER SIDO BENEFICIADO COM OS RECURSOS DESSE PROGRAMA. AUTOR: ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2947/requerimento.48.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2947/requerimento.48.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 048/06 - REQUER QUE SEJA ENCAMINHADO UM OFÍCIO AO SR. PREFEITO MUNICIPAL COM O SEGUINTE PEDIDO DE INFORMAÇÕES: SE O GOVERNO DO ESTADO DO RIO GRANDE DO SUL MANDOU O RECURSO PARA OS PAGAMENTOS DO 14º SALÁRIO AOS AGENTES DE SAÚDE NOS ÚLTIMOS 3 ANOS; CASO POSITIVO, SE HOUVE O REPASSE AOS AGENTES E DE  QUE MANEIRA, ATRAVÉS DE MATERIAL OU EM DINHEIRO; SE HOUVE DEVOLUÇÃO  DE DINHEIRO POR PARTE DA PREFEITURA AO GOVERNO DO ESTADO E REFERENTE A QUE ANO; QUAL A RAZÃO DA DEVOLUÇÃO? AUTOR: DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2948/requerimento.56.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2948/requerimento.56.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 056/06 - PROPÕE QUE SEJA ENCAMINHADO OFÍCIO AO CHEFE DO ESCRITÓRIO LOCAL DA AES SUL DISTRIBUIDORA GAÚCHA DE ENERGIA ELÉTRICA CONVIDANDO-O PARA , EM UMA DAS PRÓXIMAS SESSÕES DESTA CÂMARA, PRESTAR INFORMAÇÕES SOBRE SERVIÇOS PRESTADOS PELA CONCESSIONÁRIA NO MUNICÍPIO, RELIGAÇÕES DE REDE DE LUZ, REDE BAIXA DAS LUMINÁRIAS E OUTRO ASSUNTOS PERTINENTES. AUTOR: VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2949/requerimento.57.bancadapmdb.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2949/requerimento.57.bancadapmdb.ok.pdf</t>
   </si>
   <si>
     <t>CM 057/06 - REQUEREM QUE SEJA ENVIADO AO EXECUTIVO MUNICIPAL OS SEGUINTES QUESTIONAMENTOS: SE PROCEDE O BOATO DE DOAÇÃO DE UMA PISCINA  POR PARTE DE UM MORADOR DA LOCALIDADE DE RIO BRANCO PARA A PREFEITURA OU PREFEITO MUNICIPAL; SE NO MOMENTO DA DOAÇÃO O DESTINO PARA A MESMA TENHA SIDO O PARQUE CENTENÁRIO (USO PARA A TERCEIRA IDADE EM ESPECIAL) OU CENTRO DE RECUPERAÇÃO DE DEPENDENTES DE USO DE DROGAS NA CONCEIÇÃO (CAMPESTRE); CASO CONTRÁRIO, SE HOUVE O CONSENTIMENTO DO DOADOR PARA QUE FOSSE DOADA  A UMA OUTRA ENTIDADE; EXTRA-OFICIALMENTE HOUVE UMA PROMESSA DE CAMPANHA PARA A COLOCAÇÃO DE UMA PISCINA NA LOCALIDADE DE PARECI VELHO? PROCEDE A AFIRMAÇÃO? FOI LÁ COLOCADA A PISCINA? ...</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2951/requerimento.59.mozar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2951/requerimento.59.mozar.ok.pdf</t>
   </si>
   <si>
     <t>CM 059/06 - PROPÕE QUE SEJA ENCAMINHADO UM OFÍCIO À AES SUL DISTRIBUIDORA GAÚCHA DE ENERGIA ELÉTRICA PLEITEANDO A INSTALAÇÃO DE REDE ALTA E BAIXA TENSÃO NA RUA ESTRADA DA PEDREIRA, PRÓXIMO À CORSAN, A PEDIDO DE PROPRIETÁRIOS DE TERRENOS. AUTOR: VER. MOZAR HOFF.</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2988/requerimento.65.bancadapmdb.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2988/requerimento.65.bancadapmdb.ok.pdf</t>
   </si>
   <si>
     <t>CM 65/06 - REQUEREM QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL , O PEDIDO DE INFORMAÇÕES: RELAÇÃO DOS FUNCIONÁRIOS MUNICIPAIS EM CARGOS EM COMISSÃO; RELAÇÃO DE FUNCIONÁRIOS COM FUNÇÃO GRATIFICADA; RELAÇÃO DOS FUNCIONÁRIOS CONTRATADOS ATRAVÉS DO CONVÊNIO COM CENTRO DE INTEGRAÇÃO EMPRESA-ESCOLA (CIEE), UNISINOS E UCS; RELAÇÃO DE FUNCIONÁRIOS CONCURSADOS; RELAÇÃO DOS CONCURSOS AINDA EM VIGÊNCIA NA PREFEITURA MUNICIPAL, COM A DATA DA PRESCRIÇÃO; RELAÇÃO DOS FUNCIONÁRIOS CONTRATADOS ATRAVÉS DO CONTRATO EMERGENCIAL; RELAÇÃO DOS SERVIÇOS TERCEIRIZADOS PELA PREFEITURA MUNICIPAL; ...</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2953/requerimento.68.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2953/requerimento.68.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 068/06 - REQUER QUE SEJA ENVIADO CORRESPONDÊNCIA À COORDENADORIA DO DAER SECÇÃO BENTO GONÇALVES E ESTEIO SOLICITANDO QUE SEJA PROVIDENCIADO COM A MAIOR BREVIDADE POSSÍVEL UMA OPERAÇÃO TAPA BURACO NO TRECHO CORRESPONDENTE AO ANTIGO TRAÇADO DA RS 122 EM SÃO SEBASTIÃO DO CAÍ. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2954/requerimento.71.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2954/requerimento.71.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 071/06 - REQUER QUE SEJA ENCAMINHADA CORRESPONDÊNCIA AO DR. ROGÉRIO UBERTI, ENGENHEIRO SUPERINTENDENTE REGIONAL DO DAER, COM ENDEREÇO NA CIDADE DE BENTO GONÇALVES, À RUA EUGÊNIO VALDUGA, Nº 103, BAIRRO SÃO FRANCISCO, CEP 95.700 000, SOLICITANDO QUE SEJAM ADOTADAS MELHORIAS URGENTES DE FLUXO DE TRÂNSITO, NO ACESSO À RODOVIA RS 122, ENTRE O KM 17 E 18, PELAS RUAS ADOLFO SCHENCKEL E IJUI, NO BAIRRO RIO BRANCO, NESTE MUNICÍPIO. AUTOR: VER. CLÓVIS DUARTE.</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2960/requerimento.73.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2960/requerimento.73.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 073/06 - REQUER QUE SEJA SOLICITADO AO PREFEITO MUNICIPAL O COMPARECIMENTO DO SECRETÁRIO MUNICIPAL  DE OBRAS, SR. CLÓVIS TEIXEIRA,  A ESTA CASA LEGISLATIVA PARA PRESTAR ESCLARECIMENTOS. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2961/requerimento.75.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2961/requerimento.75.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 075/06 - REQUER QUE O PROJETO DE LEI Nº 044/2006, DE SUA AUTORIA, QUE DISPÕE SOBRE O ATENDIMENTO DE VÍTIMAS DE VIOLÊNCIA SEXUAL, SEJA VOTADO POR PARTES, ANALISANDO-SE E VOTANDO-SE EM SEPARADO CADA UM DE SEUS ARTIGOS, EM RAZÃO DE QUE SEU VETO, O SR. PREFEITO MUNICIPAL CITA TÃO SOMENTE O ARTIGO 2º, JULGANDO-O INCONSTITUCIONAL, NÃO HAVENDO, PORTANTO, RAZÕES PARA O VETO TOTAL DO PROJETO DE LEI. AUTOR: VER. CLÓVIS DUARTE</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2962/requerimento.76.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2962/requerimento.76.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 076/06 - PROPÕE QUE SEJA CONVIDADO O MAJOR MARIO AUGUSTO JARDIM MACIEL, COMANDANTE DO 27º BPM EM SÃO SEBASTIÃO DO CAÍ, QUE ASSUMIU O COMANDO NO DIA 5 DE JUNHO, PARA COMPARECER EM UMA DAS PRÓXIMAS SESSÕES A FIM DE TRATAR DE ASSUNTOS RELACIONADOS COM A SEGURANÇA EM SÃO SEBASTIÃO DO CAÍ. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2964/requerimento.95.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2964/requerimento.95.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 095/06 - REQUER QUE SEJA ENCAMINHADO AO SENHOR PREFEITO, O PEDIDO DE INFORMAÇÕES CONFORME RELAÇÃO ABAIXO: QUAL A SITUAÇÃO DO VEÍCULO UNO/FIAT, PLACAS IHT 1925, QUE VINHA SENDO UTILIZADO PELO SENHOR SECRETÁRIO DA AGRICULTURA, NA ADMINISTRAÇÃO ANTERIOR; SE O MUNICÍPIO ENCAMINHOU ALGUM DOCUMENTO OFICIAL AO GOVERNO FEDERAL, PARA A DEVOLUÇÃO DO REFERIDO VEÍCULO; EM QUAIS CONDIÇÕES FOI FEITO A CEDÊNCIA DESTE VEÍCULO AO MUNICÍPIO; SE OS CUSTOS DECORRENTES DE SUA UTILIZAÇÃO ERAM RESPONSABILIDADE DA ADMINISTRAÇÃO MUNICIPAL; QUAL A SITUAÇÃO DAS INFRAÇÕES QUE CONSTAM NO PONTUÁRIO DO VEÍCULO JUNTO AO DETRAN/RS; SE O MUNICÍPIO JÁ TOMOU AS DEVIDAS PROVIDÊNCIAS PARA RESPONSABILIZAR O MOTORISTA RESPONSÁVEL POR ESTAS INFRAÇÕES; QUE SEJA INFORMADO, DE QUEM É A RESPONSABILIDADE PELO PAGAMENTO DAS MULTAS DECORRENTES, SE É O MUNICIPIO OU O ÓRGÃO DO GOVERNO FEDERAL, PROPRIETÁRIO DO VEÍCULO. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2965/requerimento.98.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2965/requerimento.98.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 098/06 - REQUER JUNTO AO EXECUTIVO: SE HÁ INTERESSE DO EXECUTIVO NA ELABORAÇÃO DE UM PROJETO ATRAVÉS DO ESTUDO DE CONCEPÇÃO PARA SISTEMA DE COLETA E TRATAMENTO DE ESGOTO PARA S.S.CAÍ; CASO POSITIVO, HÁ INTERESSE DE FIRMAR CONVÊNIO  COM A CORSAN, PARA QUE ESTA POSSA FAZER O REFERIDO PROJETO?; CASO NEGATIVO, QUAL A RAZÃO? AUTOR: VER, DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2966/requerimento.99.darci.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2966/requerimento.99.darci.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 099/06 - REQUER QUE SEJA ENVIADO OFÍCIO AO SENHOR PREFEITO, CONVIDANDO O SENHOR SECRETÁRIO DE TRÂNSITO E O COMANDANTE DA GUARDA MUNICIPAL  PARA COMPARECEREM NA CÂMARA MUNICIPAL NA SESSÃO DO DIA 10 OU 17 DE AGOSTO A FIM DE DIVULGAREM AS AÇÕES TANTO DA GUARDA MUNICIPAL QUANTO DA SECRETARIA DE TRÂNSITO. AUTOR: VER. DARCI LAUERMANN E VALDIR RAMOS</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2967/requerimento.104.darci.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2967/requerimento.104.darci.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 104/06 - REQUEREM QUE SEJA ENCAMINHADO UM OFÍCIO AO SENHOR PREFEITO MUNICIPAL, CONVIDANDO O SECRETÁRIO MUNICIPAL DA AGRICULTURA, SENHOR ROQUE SCHRÖEDER, PARA ESCLARECER ALGUMAS DÚVIDAS. AUTOR: VER. DARCI LAUERMANN E VALDIR RAMOS</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2968/requerimento.109.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2968/requerimento.109.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 109/06 - PROPÕE QUE SEJA ENCAMINHADO OFÍCIO AO GERENTE DO ESCRITÓRIO LOCAL DA AES SUL DISTRIBUIDORA GAÚCHA DE ENERGIA SOLICITANDO A INSTALAÇÃO DE UM POSTE DE LUZ NA RUA JOÃO ALFREDO, ENTRE AS RUAS PINHEIRO MACHADO E CEL. PAULINO TEIXEIRA, AO LADO NORTE DO PONTILHÃO, NESTE MUNICÍPIO. AUTOR: VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2969/requerimento.113.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2969/requerimento.113.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 113/06 - PROPÕE QUE SEJA ENCAMINHADO OFÍCIO AO GERENTE DO ESCRITÓRIO LOCAL DA AES SUL SOLICITANDO SABER DA VIABILIDADE DE ESFORÇO NA REDE DE ENERGIA ELÉTRICA JUNTO À PROPRIEDADE RURAL DO SR. ADELIR CELSO SCHNEIDER, PARA QUE O MESMO POSSA SOLICITAR A ALTERAÇÃO DA ENERGIA RECEBIDA DA MONOFÁSICA PARA TRIFÁSICA. O ENDEREÇO CONSTANTE EM SUA CONTA DE ENERGIA ELÉTRICA , CONFORME ANEXO, É EST SSC VINTE Nº 1600, V. ARROIO BONITO, E SEU CÓDIGO DE CLIENTE PE 2535048-0. AUTOR: VER ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2970/requerimento.115.rogerio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2970/requerimento.115.rogerio.ok.pdf</t>
   </si>
   <si>
     <t>CM 115/06 - REQUER O QUE SEGUE: SEJA ENCAMINHADA CÓPIA DO PROJETO DE EXPANSÃO DE EMPRESA CLÁUDIO VOGEL AO SENHOR PREFEITO MUNICIPAL, TENDO EM VISTA O INTERESSE DESTA EMPRESA EM INSTALAR SUA NOVA UNIDADE INDUSTRIAL EM SÃO SEBASTIÃO DO CAÍ; SOLICITAR QUE O SENHOR PREFEITO MANIFESTE QUE SE HÁ OU NÃO, INTERESSE NO REFERIDO EMPREENDIMENTO; SE EXISTEM CONDIÇÕES DO MUNICÍPIO DISPONIBILIZAR UMA ÁREA MÍNIMA DE 5 HECTARES NAS IMEDIAÇÕES DA RS 122; EM CASO POSITIVO, SE EXISTEM CONDIÇÕES DE SE EFETUAR A DOAÇÃO DESTA ÁREA ATÉ O FINAL DO ANO CORRENTE; EM CASO NEGATIVO, QUAIS AS RAZÕES QUE IMPEDEM O MUNICÍPIO EM TER O DEVIDO INTERESSE NA INSTALAÇÃO DA REFERIDA EMPRESA. AUTOR: VER. ROGÉRIO POERSCH</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2971/requerimento.118.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2971/requerimento.118.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 118/06 - PROPÕE QUE SEJA ENCAMINHADO UM OFÍCIO À BRASIL TELECOM S.A. SOLICITANDO A INSTALAÇÃO DE UM TELEFONE PÚBLICO DO TIPO "ORELHÃO"  NA RUA ARMANDO DRESCH, Nº 200, NO BAIRRO RIO BRANCO, NESTE MUNICÍPIO, EM FRENTE À RESIDÊNCIA DA SRª LUCIANE GORETE DE JESUS MARTINS. AUTOR: VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2972/requerimento.119.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2972/requerimento.119.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 119/06 - PROPÕE QUE SEJA ENCAMINHADO OFÍCIO AO ENGº FERNANDO THOREL, DO ESCRITÓRIO DE FISCALIZAÇÃO DO DAER, SOLICITANDO PROVIDÊNCIAS URGENTES NO SENTIDO DE QUE SEJA DESOBSTRUÍDO UM VALO DO ARROIO COITINHO EXISTENTE NO KM 16 DA RS 122 (ANTIGO TRAÇADO), EM FRENTE À MADEIREIRA SÃO SEBASTIÃO , NA VILA PROGRESSO, NESTE MUNICÍPIO. AUTOR: ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2973/requerimento.120.paulo.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2973/requerimento.120.paulo.ok.pdf</t>
   </si>
   <si>
     <t>CM 120/06 - PROPÕE QUE SEJAM ENCAMINHADOS OFÍCIOS ÀS COORDENADORIAS DO DAER EM BENTO GONÇALVES E ESTEIO RENOVANDO O PEDIDO DE UMA OPERAÇÃO TAPA-BURACO NO TRECHO CORRESPONDENTE AO ANTIGO TRAÇADO DA RS 122, EM SÃO SEBASTIÃO DO CAÍ. AUTOR: VER. PAULO  SÉRGIO COELHO</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2978/requerimento.126.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2978/requerimento.126.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 126/06 - PROPÕE QUE SEJA ENCAMINHADO OFÍCIO A EMPRESA AES SUL DISTRIBUIDORA GAÚCHA DE ENERGIA SOLICITANDO UM ESTUDO PELA MESMA SOBRE A POSSIBILIDADE DE REMOVER EM ALGUNS METROS UM POSTE EXISTENTE EM FRENTE A UMA BORRACHARIA LOCALIZADA NA RUA 7 DE SETEMBRO, Nº 213, NESTE MUNICÍPIO. AUTOR: VER. VALDIR RAMOS</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2979/requerimento.136.caye.mozar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2979/requerimento.136.caye.mozar.ok.pdf</t>
   </si>
   <si>
     <t>CM 136/06 - PROPÕEM QUE  SEJA ENCAMINHADO UM OFÍCIO À GERENCIA LOCAL DA CORSAN SOLICITANDO A COLOCAÇÃO DE MAIS HIDRANTES NA CIDADE, PRINCIPALMENTE NAS PROXIMIDADES DE INDÚSTRIAS, COMÉRCIO E EM PONTOS ONDE NÃO TENHA UM HIDRANTE. AUTOR: VER. JOÃO CAYE E MOZAR HOFF</t>
   </si>
   <si>
     <t>4943</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/4943/requerimento.140.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/4943/requerimento.140.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 140/06 - PROPÕE QUE SEJA ENCAMINHADO OFÍCIO À BRASIL TELECOM S.A. PLEITEANDO A INSTALAÇÃO DE UM TELEFONE PÚBLICO DO TIPO 'ORELHÃO' EM FRENTE A LANCHERIA DO SR. JORGE NUNES, Nº 780, NA LOCALIDADE CAMPESTRE TEREZINHA, NESTE MUNICÍPIO. AUTOR: VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2981/requerimento.151.paulo.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2981/requerimento.151.paulo.ok.pdf</t>
   </si>
   <si>
     <t>CM 151/06 - REQUER QUE SEJA ENCAMINHADO A BRASIL TELECOM A SOLICITAÇÃO DE INSTALAÇÃO DE UM APARELHO DE TELEFONE PÚBLICO (ORELHÃO) NA VILA SÃO MARTIM, NA TRAVESSA 3 PROXIMIDADES DO Nº 190, EM FRENTE AO LOTEAMENTO BELA VISTA, NO BAIRRO SÃO MARTIM. AUTOR: VER. PAULO SÉRGIO COELHO</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2982/requerimento.152.darci.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2982/requerimento.152.darci.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 152/06 - REQUEREM QUE SEJA ENCAMINHADO OFÍCIO AO SR. PREFEITO MUNICIPAL COM O SEGUINTE PEDIDO DE INFORMAÇÕES: QUAL O MOTIVO DA DIFERENÇA DE ESTILO DO UNIFORME DOS GUARDAS MUNICIPAIS , DO 1º GRUPO PARA O 2º GRUPO DE CONCURSADOS; QUAL O MOTIVO DOS ÚLTIMOS GUARDAS CONCURSADOS AINDA NÃO TEREM SIDO OBRIGADOS A FAZER OS CURSOS NECESSÁRIOS, CONFORME EXIGÊNCIAS LEGAIS; MESMO SEM OS REFERIDOS CURSOS, ESTES GUARDAS MUNICIPAIS ESTÃO OU NÃO TRABALHANDO FORA DO QUARTEL, OU SEJA, NA RUA; AUTOR:VER. DARCI LAUERMANN E VALDIR RAMOS</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2983/requerimento.157.clovis.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2983/requerimento.157.clovis.ok.pdf</t>
   </si>
   <si>
     <t>CM 157/06 - REQUER QUE SEJAM ENCAMINHADOS AO PODER EXECUTIVO MUNICIPAL OS SEGUINTES QUESTIONAMENTOS: A PREFEITURA MUNICIPAL, ATRAVÉS DA SERCRETARIA MUNICIPAL DA SAÚDE E AÇÃO SOCIAL, TEM FORNECIDO TALÕES DE RECEITUÁRIOS MÉDICOS PARA O HOSPITAL SAGRADA FAMÍLIA; EM CASO DE RESPOSTA AFIRMATIVA, QUAL A FINALIDADE ESPECÍFICA DO FORNECIMENTO DOS REFERIDOS TALÕES DE RECEITUÁRIOS MÉDICOS. AUTOR: VER. CLÓVIS DUARTE</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2984/requerimento.161.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2984/requerimento.161.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 161/06 - PROPÕE QUE SEJA ENCAMINHADO OFÍCIO AO CHEFE DA AGÊNCIA LOCAL DA EMPRESA BRASILEIRA DE CORREIOS E TELÉGRAFOS PLEITEANDO A COLOCAÇÃO DE UMA CAIXA COLETORA DE CORRESPONDÊNCIA NA LOCALIDADE CAMPESTRE SANTA TEREZINHA, NESTE MUNICÍPIO, PODENDO A MESMA SER COLOCADA NA LANCHERIA DO SR. JORGE NUNES Nº 780. AUTOR: VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2985/requerimento.162.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2985/requerimento.162.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 162/06 - PROPÕE QUE SEJA ENCAMINHADO OFÍCIO À AES SUL DISTRIBUIDORA GAÚCHA DE ENERGIA BUSCANDO SABER DA POSSIBILIDADE DE SUBSTITUIÇÃO DOS POSTES COLOCADOS NA ESTRADA CAMPESTRE SANTA TEREZINHA, NESTE MUNICÍPIO. AUTOR: ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>VOC</t>
   </si>
   <si>
     <t>Voto de Congratulações</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2950/requerimento.58.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2950/requerimento.58.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 058/06 - REQUER QUE SEJA TRANSMITIDO UM VOTO DE CONGRATULAÇÕES À SENHORA JANE BOHN PELA SUA NOMEAÇÃO NO CARGO DE CONSELHEIRA DO CONSELHO ESTADUAL DE EDUCAÇÃO DO RS. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>VOP</t>
   </si>
   <si>
     <t>Voto de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2963/requerimento.89.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2963/requerimento.89.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 089/06 - REQUER A INSERÇÃO EM ATA DE UM VOTO DE PROFUNDO PESAR PELO FALECIMENTO DO EX-VEREADOR, EX-PRESIDENTE DA CÂMARA MUNICIPAL E EX-VICE-PREFEITO DE SÃO SEBASTIÃO DO CAÍ, SR. JOÃO CANTAROLA DA SILVA REIS, NO DIA 27 DE JUNHO. AUTOR: VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2986/requerimento.166.todos.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2986/requerimento.166.todos.ok.pdf</t>
   </si>
   <si>
     <t>CM 166/06 - REQUEREM A INSERÇÃO EM ATA DE UM VOTO DE PROFUNDO PESAR PELO FALECIMENTO DA SRª MARGARIDA PACHECO FLORES, MÃE DO VICE-PREFEITO PEDRO DIOMAR PACHECO FLORES, NESTA DATA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2454,67 +2454,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2836/emenda.87.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2837/emenda.88.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2846/emenda.103.darci.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2850/emenda.110.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2892/emenda.135.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2873/emenda.159.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2887/emenda.160.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2908/indicacao.27.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2909/indicacao.31.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2910/indicacao.35.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2911/indicacao.46.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2912/indicacao.49.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2913/indicacao.50.enio.ok.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2914/indicacao.51.enio.ok.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2915/indicacao.62.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2916/indicacao.63.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2917/indicacao.66.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2918/indicacao.69.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2919/indicacao.70.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2920/indicacao.77.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2921/indicacao.85.darci_e_valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2922/indicacao.86.darci_e_valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2923/indicacao.96.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2924/indicacao.105.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2925/indicacao.108.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2937/indicacao.111.rogerio.ok.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2926/indicacao.116.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2927/indicacao.121.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2928/indicacao.127.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2929/indicacao.134.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2930/indicacao.141.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2931/indicacao.142.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2932/indicacao.143.todos.ok.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2933/indicacao.146.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2934/indicacao.147.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2935/indicacao.158.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2936/indicacao.168.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2952/requerimento.61.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2987/requerimento.167.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2893/projeto.47.mesa.decreto.licenca.prefeito.ok.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2895/projeto.74.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2804/projeto.executivo.01.ok.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2805/projeto.executivo.02.ok.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2806/projeto.executivo.03.ok.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2807/projeto.executivo.04.ok.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2808/projeto.executivo.05.ok.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2809/projeto.executivo.06.ok.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2810/projeto.executivo.07.ok.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2811/projeto.executivo.08.ok.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2812/projeto.executivo.09.ok.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2813/projeto.executivo.10.ok.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2814/projeto.executivo.11.ok.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2815/projeto.executivo.12.ok.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2816/projeto.executivo.13.ok.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2817/projeto.executivo.14.ok.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2818/projeto.executivo.15.ok.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2819/projeto.executivo.16.ok.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2820/projeto.executivo.17.ok.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2902/projeto.24.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2903/projeto.25.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2821/projeto.executivo.18.ok.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2822/projeto.executivo.19.ok.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2823/projeto.executivo.20.ok.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2824/projeto.executivo.21.ok.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2825/projeto.executivo.22.ok.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2826/projeto.executivo.23.ok.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2900/projeto.39.mesa.revisao_subsidio_prefeito.ok.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2901/projeto.40.mesa.revisao_subsidios_secretarios.ok.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2898/projeto.41.mesa.revisao_subsidios_vereadores.ok.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2899/projeto.42.mesa.revoga_artigo_lei.ok.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2897/projeto.44.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2827/projeto.executivo.24.ok.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2828/projeto.executivo.25.ok.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2829/projeto.executivo.26.ok.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2830/projeto.executivo.27.ok.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2896/projeto.60.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2831/projeto.executivo.28.ok.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2832/projeto.executivo.29.ok.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2833/projeto.executivo.30.ok.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2834/projeto.executivo.31.ok.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2835/projeto.executivo.32.ok.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2838/projeto.executivo.33.ok.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2839/projeto.executivo.34.ok.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2840/projeto.executivo.35.ok.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2841/projeto.executivo.36.ok.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2842/projeto.executivo.37.ok.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2843/projeto.executivo.38.ok.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2844/projeto.executivo.39.ok.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2845/projeto.executivo.40.ok.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2847/projeto.executivo.41.ok.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2849/projeto.executivo.43.ok.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2851/projeto.executivo.44.ok.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2848/projeto.executivo.42.ok.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2894/projeto.107.darci.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2852/projeto.executivo.45.ok.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2853/projeto.executivo.46.ok.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2854/projeto.executivo.47.ok.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2855/projeto.executivo.48.ok.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2856/projeto.executivo.49.ok.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2857/projeto.executivo.50.ok.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2858/projeto.executivo.51.ok.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2859/projeto.executivo.52.ok.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2860/projeto.executivo.53.ok.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2861/projeto.executivo.54.ok.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2862/projeto.executivo.55.ok.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2863/projeto.executivo.56.ok.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2864/projeto.executivo.57.ok.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2865/projeto.executivo.58.ok.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2866/projeto.executivo.59.ok.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2867/projeto.executivo.60.ok.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2868/projeto.executivo.61.ok.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2869/projeto.executivo.62.ok.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2870/projeto.executivo.63.ok.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2871/projeto.executivo.64.ok.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2872/projeto.executivo.65.ok.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2874/projeto.executivo.66.ok.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2885/projeto.executivo.67.ok.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2886/projeto.executivo.68.ok.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2888/projeto.executivo.69.ok.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2889/projeto.executivo.70.ok.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2890/projeto.executivo.71.ok.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2891/projeto.executivo.72.ok.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2904/projeto.01.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2907/projeto.45.mesa.resolucao.revisao_vencimentos_s_ZFhxE81.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2906/projeto.84.mesa.resolucao.transferencia_bens.ok.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2905/projeto.100.mesa.resolucao.institui_comissao.ok.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2938/requerimento.02.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2939/requerimento.03.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2940/requerimento.14.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2941/requerimento.15.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2942/requerimento.16.valdir.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2943/requerimento.26.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2944/requerimento.29.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2945/requerimento.30.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2946/requerimento.34.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2947/requerimento.48.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2948/requerimento.56.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2949/requerimento.57.bancadapmdb.ok.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2951/requerimento.59.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2988/requerimento.65.bancadapmdb.ok.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2953/requerimento.68.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2954/requerimento.71.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2960/requerimento.73.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2961/requerimento.75.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2962/requerimento.76.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2964/requerimento.95.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2965/requerimento.98.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2966/requerimento.99.darci.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2967/requerimento.104.darci.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2968/requerimento.109.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2969/requerimento.113.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2970/requerimento.115.rogerio.ok.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2971/requerimento.118.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2972/requerimento.119.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2973/requerimento.120.paulo.ok.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2978/requerimento.126.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2979/requerimento.136.caye.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/4943/requerimento.140.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2981/requerimento.151.paulo.ok.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2982/requerimento.152.darci.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2983/requerimento.157.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2984/requerimento.161.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2985/requerimento.162.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2950/requerimento.58.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2963/requerimento.89.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2986/requerimento.166.todos.ok.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2836/emenda.87.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2837/emenda.88.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2846/emenda.103.darci.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2850/emenda.110.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2892/emenda.135.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2873/emenda.159.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2887/emenda.160.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2908/indicacao.27.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2909/indicacao.31.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2910/indicacao.35.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2911/indicacao.46.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2912/indicacao.49.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2913/indicacao.50.enio.ok.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2914/indicacao.51.enio.ok.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2915/indicacao.62.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2916/indicacao.63.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2917/indicacao.66.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2918/indicacao.69.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2919/indicacao.70.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2920/indicacao.77.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2921/indicacao.85.darci_e_valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2922/indicacao.86.darci_e_valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2923/indicacao.96.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2924/indicacao.105.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2925/indicacao.108.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2937/indicacao.111.rogerio.ok.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2926/indicacao.116.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2927/indicacao.121.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2928/indicacao.127.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2929/indicacao.134.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2930/indicacao.141.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2931/indicacao.142.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2932/indicacao.143.todos.ok.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2933/indicacao.146.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2934/indicacao.147.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2935/indicacao.158.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2936/indicacao.168.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2952/requerimento.61.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2987/requerimento.167.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2893/projeto.47.mesa.decreto.licenca.prefeito.ok.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2895/projeto.74.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2804/projeto.executivo.01.ok.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2805/projeto.executivo.02.ok.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2806/projeto.executivo.03.ok.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2807/projeto.executivo.04.ok.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2808/projeto.executivo.05.ok.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2809/projeto.executivo.06.ok.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2810/projeto.executivo.07.ok.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2811/projeto.executivo.08.ok.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2812/projeto.executivo.09.ok.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2813/projeto.executivo.10.ok.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2814/projeto.executivo.11.ok.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2815/projeto.executivo.12.ok.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2816/projeto.executivo.13.ok.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2817/projeto.executivo.14.ok.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2818/projeto.executivo.15.ok.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2819/projeto.executivo.16.ok.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2820/projeto.executivo.17.ok.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2902/projeto.24.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2903/projeto.25.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2821/projeto.executivo.18.ok.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2822/projeto.executivo.19.ok.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2823/projeto.executivo.20.ok.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2824/projeto.executivo.21.ok.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2825/projeto.executivo.22.ok.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2826/projeto.executivo.23.ok.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2900/projeto.39.mesa.revisao_subsidio_prefeito.ok.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2901/projeto.40.mesa.revisao_subsidios_secretarios.ok.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2898/projeto.41.mesa.revisao_subsidios_vereadores.ok.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2899/projeto.42.mesa.revoga_artigo_lei.ok.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2897/projeto.44.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2827/projeto.executivo.24.ok.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2828/projeto.executivo.25.ok.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2829/projeto.executivo.26.ok.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2830/projeto.executivo.27.ok.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2896/projeto.60.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2831/projeto.executivo.28.ok.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2832/projeto.executivo.29.ok.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2833/projeto.executivo.30.ok.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2834/projeto.executivo.31.ok.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2835/projeto.executivo.32.ok.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2838/projeto.executivo.33.ok.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2839/projeto.executivo.34.ok.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2840/projeto.executivo.35.ok.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2841/projeto.executivo.36.ok.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2842/projeto.executivo.37.ok.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2843/projeto.executivo.38.ok.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2844/projeto.executivo.39.ok.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2845/projeto.executivo.40.ok.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2847/projeto.executivo.41.ok.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2849/projeto.executivo.43.ok.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2851/projeto.executivo.44.ok.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2848/projeto.executivo.42.ok.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2894/projeto.107.darci.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2852/projeto.executivo.45.ok.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2853/projeto.executivo.46.ok.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2854/projeto.executivo.47.ok.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2855/projeto.executivo.48.ok.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2856/projeto.executivo.49.ok.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2857/projeto.executivo.50.ok.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2858/projeto.executivo.51.ok.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2859/projeto.executivo.52.ok.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2860/projeto.executivo.53.ok.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2861/projeto.executivo.54.ok.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2862/projeto.executivo.55.ok.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2863/projeto.executivo.56.ok.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2864/projeto.executivo.57.ok.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2865/projeto.executivo.58.ok.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2866/projeto.executivo.59.ok.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2867/projeto.executivo.60.ok.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2868/projeto.executivo.61.ok.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2869/projeto.executivo.62.ok.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2870/projeto.executivo.63.ok.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2871/projeto.executivo.64.ok.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2872/projeto.executivo.65.ok.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2874/projeto.executivo.66.ok.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2885/projeto.executivo.67.ok.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2886/projeto.executivo.68.ok.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2888/projeto.executivo.69.ok.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2889/projeto.executivo.70.ok.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2890/projeto.executivo.71.ok.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2891/projeto.executivo.72.ok.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2904/projeto.01.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2907/projeto.45.mesa.resolucao.revisao_vencimentos_s_ZFhxE81.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2906/projeto.84.mesa.resolucao.transferencia_bens.ok.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2905/projeto.100.mesa.resolucao.institui_comissao.ok.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2938/requerimento.02.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2939/requerimento.03.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2940/requerimento.14.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2941/requerimento.15.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2942/requerimento.16.valdir.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2943/requerimento.26.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2944/requerimento.29.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2945/requerimento.30.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2946/requerimento.34.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2947/requerimento.48.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2948/requerimento.56.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2949/requerimento.57.bancadapmdb.ok.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2951/requerimento.59.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2988/requerimento.65.bancadapmdb.ok.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2953/requerimento.68.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2954/requerimento.71.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2960/requerimento.73.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2961/requerimento.75.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2962/requerimento.76.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2964/requerimento.95.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2965/requerimento.98.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2966/requerimento.99.darci.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2967/requerimento.104.darci.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2968/requerimento.109.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2969/requerimento.113.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2970/requerimento.115.rogerio.ok.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2971/requerimento.118.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2972/requerimento.119.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2973/requerimento.120.paulo.ok.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2978/requerimento.126.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2979/requerimento.136.caye.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/4943/requerimento.140.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2981/requerimento.151.paulo.ok.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2982/requerimento.152.darci.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2983/requerimento.157.clovis.ok.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2984/requerimento.161.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2985/requerimento.162.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2950/requerimento.58.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2963/requerimento.89.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/2006/2986/requerimento.166.todos.ok.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H167"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="137" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="136.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>