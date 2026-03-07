--- v0 (2025-12-04)
+++ v1 (2026-03-07)
@@ -51,1566 +51,1566 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5510</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5510/emenda.49.pedro_griebler.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5510/emenda.49.pedro_griebler.ok.pdf</t>
   </si>
   <si>
     <t>CM 049/97 - EMENDA ADITIVA. AUTOR: VER. PEDRO GRIEBLER</t>
   </si>
   <si>
     <t>5511</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5511/emenda.50.pedro_griebler.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5511/emenda.50.pedro_griebler.ok.pdf</t>
   </si>
   <si>
     <t>CM 050/97 - EMENDA MODIFICATIVA. AUTOR: VER. PEDRO GRIEBLER</t>
   </si>
   <si>
     <t>5512</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5512/emenda.51.cgp.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5512/emenda.51.cgp.ok.pdf</t>
   </si>
   <si>
     <t>CM 051/97 - EMENDA.</t>
   </si>
   <si>
     <t>5513</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5513/emenda.73.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5513/emenda.73.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 073/97 - EMENDAS AO PROJETO DE RESOLUÇÃO CM 70/97 DO VEREADOR PEDRO GRIEBLER, QUE DISPÕE SOBRE A INSTITUIÇÃO DA TRIBUNA NAS SESSÕES PLENÁRIAS ORDINÁRIAS DA CÂMARA MUNICIPAL DE S.S. DO CAÍ. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>5514</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5514/emenda.74.germano.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5514/emenda.74.germano.ok.pdf</t>
   </si>
   <si>
     <t>CM 074/97 - EMENDAS AO PROJETO DE RESOLUÇÃO CM 70/97 DO VEREADOR PEDRO GRIEBLER, QUE DISPÕE SOBRE A INSTITUIÇÃO DA TRIBUNA NAS SESSÕES PLENÁRIAS ORDINÁRIAS DA CÂMARA MUNICIPAL DE S.S. DO CAÍ. AUTOR: VER. PAULO BENNEMANN</t>
   </si>
   <si>
     <t>5515</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5515/emenda.75.pedro_griebler.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5515/emenda.75.pedro_griebler.ok.pdf</t>
   </si>
   <si>
     <t>CM 075/97 - EMENDA MODIFICATIVA. AUTOR: VER. PEDRO GRIEBLER</t>
   </si>
   <si>
     <t>5516</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5516/emenda.113.ma_noschang.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5516/emenda.113.ma_noschang.ok.pdf</t>
   </si>
   <si>
     <t>CM 113/97 - EMENDA AO PROJETO DE LEI EXPEDIENTE PM 17/97 - CM 92/97 DO EXECUTIVO, QUE DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE SÃO SEBASTIÃODO CAÍ PARA O PERÍODO DE 1998 A 2001. AUTOR: VER. HELENA NOSCHANG</t>
   </si>
   <si>
     <t>5517</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5517/emenda.114.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5517/emenda.114.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 114/97 - EMENDA AO PROJETO DE LEI EXPEDIENTE PM 17/97 - CM 92/97 DO EXECUTIVO, QUE DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE SÃO SEBASTIÃODO CAÍ PARA O PERÍODO DE 1998 A 2001. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>5518</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5518/emenda.115.celso.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5518/emenda.115.celso.ok.pdf</t>
   </si>
   <si>
     <t>CM 115/97 - EMENDA AO PROJETO DE LEI EXPEDIENTE PM 17/97 - CM 92/97 DO EXECUTIVO, QUE DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE SÃO SEBASTIÃODO CAÍ PARA O PERÍODO DE 1998 A 2001. AUTOR: VER. CELSO MORAES</t>
   </si>
   <si>
     <t>5519</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5519/emenda.131.pedro_griebler.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5519/emenda.131.pedro_griebler.ok.pdf</t>
   </si>
   <si>
     <t>CM 131/97 - EMENDA ADITIVA. AUTOR: VER. PEDRO GRIEBLER</t>
   </si>
   <si>
     <t>5520</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5520/emenda.132.caye.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5520/emenda.132.caye.ok.pdf</t>
   </si>
   <si>
     <t>CM 132/97 - EMENDA ADITIVA AO PROJETO PM 24/97 - CM 125/97, DO EXECUTIVO, QUE ALTERA A REDAÇÃO DO ART. 1º DA LEI Nº 1.744/94, QUE DISPÕE SOBRE A CEDÊNCIA DOS GINÁSIOS DE ESPORTES DO PARQUE CENTENÁRIO. AUTOR: VER. JOÃO CAYE</t>
   </si>
   <si>
     <t>5521</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5521/emenda.133.celso.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5521/emenda.133.celso.ok.pdf</t>
   </si>
   <si>
     <t>CM 133/97 - EMENDA ADITIVA. AUTOR. VER. CELSO MORAES</t>
   </si>
   <si>
     <t>5522</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5522/emenda.203.darci.eoutros.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5522/emenda.203.darci.eoutros.ok.pdf</t>
   </si>
   <si>
     <t>CM 203/97 - EMENDAS AO PROJETO DE RESOLUÇÃO QUE APROVA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SÃO SEBASTIÃO DO CAÍ. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>5523</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5523/emenda.205.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5523/emenda.205.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 205/97 - EMENDA AO PROJETO DE REGIMENTO INTERNO ELABORADO POR COMISSÃO ESPECIAL DE VEREADORES. AUTOR. VER. ANASTÁCIO DA SILVA.</t>
   </si>
   <si>
     <t>5524</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5524/emenda.206.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5524/emenda.206.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 206/97 - EMENDA AO PROJETO DE REGIMENTO INTERNO ELABORADO POR COMISSÃO ESPECIAL DE VEREADORES. AUTOR. VER. ANASTÁCIO DA SILVA.</t>
   </si>
   <si>
     <t>5525</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5525/emenda.207.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5525/emenda.207.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 207/97 - EMENDA AO PROJETO DE REGIMENTO INTERNO ELABORADO POR COMISSÃO ESPECIAL DE VEREADORES. AUTOR. VER. ANASTÁCIO DA SILVA.</t>
   </si>
   <si>
     <t>5552</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5552/emenda.208.celso.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5552/emenda.208.celso.ok.pdf</t>
   </si>
   <si>
     <t>CM 208/97 - PROPOSTA SUBSTITUTIVA. AUTOR. VER. CELSO MORAES</t>
   </si>
   <si>
     <t>5553</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5553/emenda.210.celso.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5553/emenda.210.celso.ok.pdf</t>
   </si>
   <si>
     <t>CM 210/97 - EMENDA ACRESCENTATIVA. AUTOR VER. CELSO MORAES</t>
   </si>
   <si>
     <t>5526</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5526/emenda.211.germano.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5526/emenda.211.germano.ok.pdf</t>
   </si>
   <si>
     <t>CM 211/97 - EMENDA AO PROJETO DE LEI PM 35/97 - CM 168/97 - DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1998. AUTOR. VER. PAULO BENNEMANN</t>
   </si>
   <si>
     <t>5527</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5527/emenda.212.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5527/emenda.212.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 212/97 - EMENDA AO PROJETO DE LEI PM 35/97 - CM 168/97 - DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1998. AUTOR. VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>5528</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5528/emenda.213.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5528/emenda.213.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 213/97 - EMENDA AO PROJETO DE LEI PM 35/97 - CM 168/97 - DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1998. AUTOR. VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>5529</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5529/emenda.214.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5529/emenda.214.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 214/97 - EMENDA AO PROJETO DE LEI PM 35/97 - CM 168/97 - DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1998. AUTOR. VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>5530</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5530/emenda.215.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5530/emenda.215.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 215/97 - EMENDA AO PROJETO DE LEI PM 35/97 - CM 168/97 - DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1998. AUTOR. VER. ANASTÁCIO DA SILVA.</t>
   </si>
   <si>
     <t>5531</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5531/emenda.216.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5531/emenda.216.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 216/97 - EMENDA AO PROJETO DE LEI PM 35/97 - CM 168/97 - DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1998. AUTOR. VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>5532</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5532/emenda.217.celso_e_pedro_griebler.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5532/emenda.217.celso_e_pedro_griebler.ok.pdf</t>
   </si>
   <si>
     <t>CM 217/97 - EMENDA. AUTOR. VER. CELSO MORAES, PEDRO GRIEBLER</t>
   </si>
   <si>
     <t>5533</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5533/emenda.218.celso_e_pedro_griebler.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5533/emenda.218.celso_e_pedro_griebler.ok.pdf</t>
   </si>
   <si>
     <t>CM 218/97 - EMENDA. AUTOR. VER. CELSO MORAES, PEDRO GRIEBLER</t>
   </si>
   <si>
     <t>5534</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5534/emenda.219.celso_e_pedro_griebler.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5534/emenda.219.celso_e_pedro_griebler.ok.pdf</t>
   </si>
   <si>
     <t>CM 219/97 - EMENDA. AUTOR. VER. CELSO MORAES, PEDRO GRIEBLER</t>
   </si>
   <si>
     <t>5535</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5535/emenda.220.celso_e_pedro_griebler.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5535/emenda.220.celso_e_pedro_griebler.ok.pdf</t>
   </si>
   <si>
     <t>CM 220/97 - EMENDA. AUTOR. VER. CELSO MORAES, PEDRO GRIEBLER</t>
   </si>
   <si>
     <t>5536</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5536/emenda.221.celso_e_pedro_griebler.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5536/emenda.221.celso_e_pedro_griebler.ok.pdf</t>
   </si>
   <si>
     <t>CM 221/97 - EMENDA. AUTOR. VER. CELSO MORAES, PEDRO GRIEBLER</t>
   </si>
   <si>
     <t>5537</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5537/emenda.222.celso_e_pedro_griebler.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5537/emenda.222.celso_e_pedro_griebler.ok.pdf</t>
   </si>
   <si>
     <t>CM 222/97 - EMENDA. AUTOR. VER. CELSO MORAES, PEDRO GRIEBLER</t>
   </si>
   <si>
     <t>5538</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5538/emenda.235.varios.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5538/emenda.235.varios.ok.pdf</t>
   </si>
   <si>
     <t>CM 235/97 - EMENDA AO PROJETO DE LEI PM 3597 - CM 168/97 DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1998.</t>
   </si>
   <si>
     <t>5539</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5539/emenda.242.celso_e_pedro_griebler.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5539/emenda.242.celso_e_pedro_griebler.ok.pdf</t>
   </si>
   <si>
     <t>CM 242/97 - EMENDA. AUTOR. VER. CELSO MORAES, PEDRO GRIEBLER</t>
   </si>
   <si>
     <t>5540</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5540/emenda.249.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5540/emenda.249.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 249/97 - SUBEMENDA À EMENDA CM 209/97 AO ART. 44, § 13. AUTOR. VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>5541</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5541/emenda.256.celso_e_pedro_griebler.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5541/emenda.256.celso_e_pedro_griebler.ok.pdf</t>
   </si>
   <si>
     <t>CM 256/97 - EMENDA. AUTOR. VER. CELSO MORAES, PEDRO GRIEBLER</t>
   </si>
   <si>
     <t>5542</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5542/emenda.269.celso_e_pedro_griebler.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5542/emenda.269.celso_e_pedro_griebler.ok.pdf</t>
   </si>
   <si>
     <t>CM 269/97 - EMENDA ADITIVA. AUTOR. VER. CELSO MORAES, PEDRO GRIEBLER</t>
   </si>
   <si>
     <t>5543</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5543/emenda.270.celso_e_pedro_griebler.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5543/emenda.270.celso_e_pedro_griebler.ok.pdf</t>
   </si>
   <si>
     <t>CM 270/97 - EMENDA ADITIVA. AUTOR. VER. CELSO MORAES, PEDRO GRIEBLER</t>
   </si>
   <si>
     <t>5544</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5544/emenda.280.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5544/emenda.280.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 280/97 - EMENDA AO PROJETO DE LEI CM 275/97 DOS LÍDERES DAS BANCADAS DO PMDB, PT E PPB, QUE DISPÕE SOBRE A INSTITUIÇÃO DA TRIBUNA DO POVO NAS SESSÕES PLENÁRIOS ORDINÁRIAS DA CÂMARA MUNICIPAL DE SÃO SEBASTIÃO DO CAÍ. AUTOR. VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>5545</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5545/emenda.281.ma_noschang.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5545/emenda.281.ma_noschang.ok.pdf</t>
   </si>
   <si>
     <t>CM 281/97 - EMENDA AO PROJETO DE LEI CM 275/97 DOS LÍDERES DAS BANCADAS DO PMDB, PT E PPB, QUE DISPÕE SOBRE A INSTITUIÇÃO DA TRIBUNA DO POVO NAS SESSÕES PLENÁRIOS ORDINÁRIAS DA CÂMARA MUNICIPAL DE SÃO SEBASTIÃO DO CAÍ. AUTOR. VER. HELENA NOSCHANG</t>
   </si>
   <si>
     <t>5546</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5546/emenda.282.celso.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5546/emenda.282.celso.ok.pdf</t>
   </si>
   <si>
     <t>CM 282/97 - EMENDA AO PROJETO DE LEI CM 275/97 DOS LÍDERES DAS BANCADAS DO PMDB, PT E PPB, QUE DISPÕE SOBRE A INSTITUIÇÃO DA TRIBUNA DO POVO NAS SESSÕES PLENÁRIOS ORDINÁRIAS DA CÂMARA MUNICIPAL DE SÃO SEBASTIÃO DO CAÍ. AUTOR. VER. CELSO MORAES</t>
   </si>
   <si>
     <t>5547</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5547/emenda.299.ma_noschang.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5547/emenda.299.ma_noschang.ok.pdf</t>
   </si>
   <si>
     <t>CM 299/97 - EMENDA À PROPOSTA ORÇAMENTÁRIA PARA O EXERCÍCIO DE 1998. AUTOR. VER. HELENA NOSCHANG</t>
   </si>
   <si>
     <t>5548</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5548/emenda.300.anastacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5548/emenda.300.anastacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 300/97 - EMENDA À PROPOSTA ORÇAMENTÁRIA PARA O EXERCÍCIO DE 1998. AUTOR. VER. ANASTÁCIO DA SILVA</t>
   </si>
   <si>
     <t>5549</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5549/emenda.301.enio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5549/emenda.301.enio.ok.pdf</t>
   </si>
   <si>
     <t>CM 301/97 - EMENDA À PROPOSTA ORÇAMENTÁRIA PARA O EXERCÍCIO DE 1998. AUTOR. VER. ENI0 WEYH</t>
   </si>
   <si>
     <t>5550</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5550/emenda.302.caye_e_pedro_griebler.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5550/emenda.302.caye_e_pedro_griebler.ok.pdf</t>
   </si>
   <si>
     <t>CM 302/97 - EMENDA À PROPOSTA ORÇAMENTÁRIA PARA O EXERCÍCIO DE 1998. AUTOR. VER. PEDRO GRIEBLER</t>
   </si>
   <si>
     <t>5551</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5551/emenda.303.celso_e_pedro_griebler.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5551/emenda.303.celso_e_pedro_griebler.ok.pdf</t>
   </si>
   <si>
     <t>CM 303/97 - EMENDAS AO PROJETO DE LEI DO ORÇAMENTO DE 1998, QUE DIPÕE SOBRE A RECEITA E DESPESA DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ. AUTOR. VER. PEDRO GRIEBLER</t>
   </si>
   <si>
     <t>5506</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5506/projeto.102.mesa.decreto.autoriza_ausencia_do_prefeito.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5506/projeto.102.mesa.decreto.autoriza_ausencia_do_prefeito.ok.pdf</t>
   </si>
   <si>
     <t>CM 102/97 - AUTORIZA O PREFEITO MUNICIPAL A AUSENTAR-SE DO PAÍS.</t>
   </si>
   <si>
     <t>5507</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5507/projeto.117.mesa.decreto.autoriza_ausencia_do_prefeito.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5507/projeto.117.mesa.decreto.autoriza_ausencia_do_prefeito.ok.pdf</t>
   </si>
   <si>
     <t>CM 117/97 - AUTORIZA O PREFEITO MUNICIPAL A AUSENTAR-SE DO PAÍS.</t>
   </si>
   <si>
     <t>5508</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5508/projeto.177.mesa.decreto.autoriza_ausencia_do_prefeito.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5508/projeto.177.mesa.decreto.autoriza_ausencia_do_prefeito.ok.pdf</t>
   </si>
   <si>
     <t>CM 177/97 - AUTORIZA O PREFEITO MUNICIPAL A AUSENTAR-SE DO PAÍS.</t>
   </si>
   <si>
     <t>5427</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5427/projeto.executivo.01.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5427/projeto.executivo.01.ok.pdf</t>
   </si>
   <si>
     <t>PM 001/1997 - CM 001/97 - CONCEDE UM AUXÍLIO FINANCEIRO AS ENTIDADES QUE MENCIONA.</t>
   </si>
   <si>
     <t>5428</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5428/projeto.executivo.02.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5428/projeto.executivo.02.ok.pdf</t>
   </si>
   <si>
     <t>PM 002/1997 - CM 002/97 - CONCEDE UM AUXÍLIO FINANCEIRO À ASSOCIAÇÃO DOS MORADORES DO BAIRRO QUILOMBO, PARA OBRAS EM SUA SEDE SOCIAL.</t>
   </si>
   <si>
     <t>5429</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5429/projeto.executivo.03.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5429/projeto.executivo.03.ok.pdf</t>
   </si>
   <si>
     <t>PM 003/1997 - CM 003/97 - INTRODUZ ALTERAÇÕES NO QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>5430</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5430/projeto.executivo.04.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5430/projeto.executivo.04.ok.pdf</t>
   </si>
   <si>
     <t>PM 004/1997 - CM 004/97 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A APAE PARA ATENDIMENTO DE CRIANÇAS EXCEPCIONAIS RESIDENTES NO TERRITÓRIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5431</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5431/projeto.executivo.05.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5431/projeto.executivo.05.ok.pdf</t>
   </si>
   <si>
     <t>PM 005/1997 - CM 005/97 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>5491</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5491/projeto.6.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5491/projeto.6.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 006/97 - DENOMINA AS RUAS DO LOTEAMENTO SÃO SEBASTIÃO. AUTOR: VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>5432</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5432/projeto.executivo.06.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5432/projeto.executivo.06.ok.pdf</t>
   </si>
   <si>
     <t>PM 006/1997 - CM 018/97 - AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NA DOTAÇÃO QUE ESPECIFICA ATÉ O LIMITE DE R$ 210.920,00.</t>
   </si>
   <si>
     <t>5433</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5433/projeto.executivo.07.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5433/projeto.executivo.07.ok.pdf</t>
   </si>
   <si>
     <t>PM 007/1997 - CM 032/97 - CONCEDE UM AUXÍLIO FINANCEIRO À ASSEVAC PARA O CUSTEIO DA PASSAGEM ESCOLAR.</t>
   </si>
   <si>
     <t>5434</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5434/projeto.executivo.08.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5434/projeto.executivo.08.ok.pdf</t>
   </si>
   <si>
     <t>PM 008/1997 - CM 033/97 - CONCEDE UM AUXÍLIO FINANCEIRO À SOCIEDADE CULTURAL DOS CANTORES DE SÃO SEBASTIÃO DO CAÍ PARA A COBERTURA DE DESPESAS COM A MANUTENÇÃO DO CORAL.</t>
   </si>
   <si>
     <t>5435</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5435/projeto.executivo.09.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5435/projeto.executivo.09.ok.pdf</t>
   </si>
   <si>
     <t>PM 009/1997 - CM 034/97 - CONCEDE UM AUXÍLIO FINANCEIRO À ASSOCIAÇÃO COMUNITÁRIA RURAL DE VIGIA PARA OBRAS EM SUA SEDE SOCIAL.</t>
   </si>
   <si>
     <t>5436</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5436/projeto.executivo.10.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5436/projeto.executivo.10.ok.pdf</t>
   </si>
   <si>
     <t>PM 010/1997 - CM 043/97 - AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR PROTOCOLO DE INTENÇÕES CONVÊNIOS COM O ESTADO DO RIO GRANDE DO SUL, ATRAVÉS DA SECRETARIA DA JUSTIÇA E DA SEGURANÇA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5437</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5437/projeto.executivo.11.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5437/projeto.executivo.11.ok.pdf</t>
   </si>
   <si>
     <t>PM 011/1997 - CM 044/97 - CONCEDE UM AUXÍLIO FINANCEIRO AO CENTRO RECREATIVO DA TERCEIRA IDADE DE SÃO SEBASTIÃO DO CAÍ PARA A COBERTURA DE DESPESAS DIVERSAS.</t>
   </si>
   <si>
     <t>5438</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5438/projeto.executivo.12.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5438/projeto.executivo.12.ok.pdf</t>
   </si>
   <si>
     <t>PM 012/1997 - CM 045/97 - CONCEDE UM AUXÍLIO FINANCEIRO AO CONSEPRO DE SÃO SEBASTIÃO DO CAÍ, PARA A AQUISIÇÃO DE EQUIPAMENTOS PARA A BRIGADA MILITAR.</t>
   </si>
   <si>
     <t>5439</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5439/projeto.executivo.13.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5439/projeto.executivo.13.ok.pdf</t>
   </si>
   <si>
     <t>PM 013/1997 - CM 060/97 - CONCEDE UMA AUXÍLIO FINANCEIRO AO CENTRO COMUNITÁRIO VILA PROGRESSO PARA OBRAS EM SUA SEDE SOCIAL.</t>
   </si>
   <si>
     <t>5440</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5440/projeto.executivo.14.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5440/projeto.executivo.14.ok.pdf</t>
   </si>
   <si>
     <t>PM 014/1997 - CM 061/97 - AUTORIZA A DOAÇÃO DE AÇÕES DA CAMPANHA INTERMUNICIPAL DE ESTRADAS ALIMENTADORAS - CINTEA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5441</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5441/projeto.executivo.15.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5441/projeto.executivo.15.ok.pdf</t>
   </si>
   <si>
     <t>PM 015/1997 - CM 062/97 - ALTERA A REDAÇÃO DO ART. 5º DA LEI Nº 1975/97 QUE CONCEDE UM AUXÍLIO FINANCEIRO À ASSEVAC.</t>
   </si>
   <si>
     <t>5442</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5442/projeto.executivo.16.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5442/projeto.executivo.16.ok.pdf</t>
   </si>
   <si>
     <t>PM 016/1997 - CM 067/97 - CRIA O CONSELHO MUNICIPAL DE DESPORTOS - CMD E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5492</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5492/projeto.68.germano.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5492/projeto.68.germano.ok.pdf</t>
   </si>
   <si>
     <t>CM 068/97 - ALTERA A REDAÇÃO DO ART. 74 DA LEI COMPLEMENTAR Nº 1, DE 12 DE JULHO DE 1996 (CÓDIGO DE POSTURAS DO MUNICÍPIO). AUTOR: VER. JOÃO CAYE</t>
   </si>
   <si>
     <t>5493</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5493/projeto.69.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5493/projeto.69.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 069/97 - RETIFICA AS DENOMINAÇÕES DAS RUAS SATURNINO DA SILVA E JOSÉ BONIFÁCIO, NO BAIRRO QUILOMBO. AUTOR: VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>5445</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5445/projeto.executivo.17.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5445/projeto.executivo.17.ok.pdf</t>
   </si>
   <si>
     <t>PM 017/1997 - CM 092/97 - DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ PARA O PERÍODO DE 1998 A 2001.</t>
   </si>
   <si>
     <t>5446</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5446/projeto.executivo.18.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5446/projeto.executivo.18.ok.pdf</t>
   </si>
   <si>
     <t>PM 018/1997 - CM 093/97 - CRIA O FUNDO MUNICIPAL DO ESPORTE - FME, DESTINADO A SUBSIDIAR ENTIDADES E EVENTOS ESPORTIVOS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5447</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5447/projeto.executivo.19.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5447/projeto.executivo.19.ok.pdf</t>
   </si>
   <si>
     <t>PM 019/1997 - CM 094/97 - INDTITUI O FUNDO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5448</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5448/projeto.executivo.20.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5448/projeto.executivo.20.ok.pdf</t>
   </si>
   <si>
     <t>PM 020/1997 - CM 099/97 - INTRODUZ ALTERAÇÕES NA LEI Nº 1.975, DE 26 DE MARÇO DE 1997, QUE CONCEDE UM AUXÍLIO FINANCEIRO À ASSEVAC PARA O CUSTEIO DA PASSAGEM ESCOLAR.</t>
   </si>
   <si>
     <t>5449</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5449/projeto.executivo.21.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5449/projeto.executivo.21.ok.pdf</t>
   </si>
   <si>
     <t>PM 021/1997 - CM 100/97 - AUTORIZA O EXECUTIVO MUNICIPAL A REAJUSTAR NO MÊS DE MAIO DE 1997, AS TABELAS DE REMUNERAÇÃO DOS SERVIDORES MUNICIPAIS, ATIVOS, INATIVOS E DAS PENSIONISTAS.</t>
   </si>
   <si>
     <t>5494</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5494/projeto.107.varios.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5494/projeto.107.varios.ok.pdf</t>
   </si>
   <si>
     <t>CM 107/97 - DÁ DENOMINAÇÃO AS RUAS DO LOTEAMENTO "MORADA DO VALE".</t>
   </si>
   <si>
     <t>5450</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5450/projeto.executivo.22.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5450/projeto.executivo.22.ok.pdf</t>
   </si>
   <si>
     <t>PM 022/1997 - CM 116/97 - AUTORIZA O EXECUTIVO MUNICIPAL A ALIENAR ATRAVÉS DE LEILÃO, SUCATA, PEÇAS AUTOMOTIVAS E DEMAIS BENS INSERVÍVEIS DE PROPRIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5451</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5451/projeto.executivo.23.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5451/projeto.executivo.23.ok.pdf</t>
   </si>
   <si>
     <t>PM 023/1997 - CM 122/97 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO DE AQUISIÇÃO, COMPENSAÇÃO E PARCELAMENTO DE CRÉDITOS E DÉBITOS COM A CEEE E O GOVERNO DO ESTADO.</t>
   </si>
   <si>
     <t>5452</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5452/projeto.executivo.24.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5452/projeto.executivo.24.ok.pdf</t>
   </si>
   <si>
     <t>PM 024/1997 - CM 125/97 - ALTERA A REDAÇÃO DO ARTIGO 1º DA LEI Nº 1744/94, QUE DISPÕE SOBRE A CEDÊNCIA DOS GINÁSIOS DE ESPORTES DO PARQUE CENTENÁRIO.</t>
   </si>
   <si>
     <t>5453</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5453/projeto.executivo.25.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5453/projeto.executivo.25.ok.pdf</t>
   </si>
   <si>
     <t>PM 025/1997 - CM 126/97 - INSTITUI O CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO PARA O EXERCÍCIO DE 1997.</t>
   </si>
   <si>
     <t>5454</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5454/projeto.executivo.26.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5454/projeto.executivo.26.ok.pdf</t>
   </si>
   <si>
     <t>PM 026/1997 - CM 127/97 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 18.000,00, PARA DOTAR DE RECURSOS O CONSELHO MUNICIPAL DE DESPORTOS - CMD.</t>
   </si>
   <si>
     <t>5455</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5455/projeto.executivo.27.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5455/projeto.executivo.27.ok.pdf</t>
   </si>
   <si>
     <t>PM 027/1997 - CM 128/97 - CONCEDE UM AUXÍLIO FINANCEIRO À ASSOCIAÇÃO COMUNITÁRIA RURAL DE VIGIA PARA O PAGAMENTO DE TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>5495</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5495/projeto.129.pedro_griebler.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5495/projeto.129.pedro_griebler.ok.pdf</t>
   </si>
   <si>
     <t>CM 127/97 - DENOMINA PARTE DA ESTRADA DA VÁRZEA DE RUA JUCINTHO ROSSETTI. AUTOR: VER. PEDRO GRIEBLER</t>
   </si>
   <si>
     <t>5456</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5456/projeto.executivo.28.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5456/projeto.executivo.28.ok.pdf</t>
   </si>
   <si>
     <t>PM 028/1997 - CM 134/97 - CONVALIDA O CONVÊNIO FIRMADO ENTRE O MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ E A FEPAM COM VISTAS À DESCENTRALIZAÇÃO DAS AÇÕES DE TUTELA AMBIENTAL DECORRENTES DO PRONAF E DÁ OUTRAS PROVISÊNCIAS.</t>
   </si>
   <si>
     <t>5457</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5457/projeto.executivo.29.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5457/projeto.executivo.29.ok.pdf</t>
   </si>
   <si>
     <t>PM 029/1997 - CM 135/97 - AUTORIZA O EXECUTIVO MUNICIPAL A PRORROGAR A CONTRATAÇÃO EMERGENCIAL POR PRAZO DETERMINADO AUTORIZADA PELA LEI 1.972/97.</t>
   </si>
   <si>
     <t>5496</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5496/projeto.139.varios.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5496/projeto.139.varios.ok.pdf</t>
   </si>
   <si>
     <t>CM 139/97 - DENOMINA DE 'RUA PRESIDENTE CASTELO BRANCO' O PRIMEIRO ACESSO SITUADO À MARGEM ESQUERDA DA AVENIDA OSVALDO ARANHA, EM DIREÇÃO NORTE.</t>
   </si>
   <si>
     <t>5497</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5497/projeto.140.germano.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5497/projeto.140.germano.ok.pdf</t>
   </si>
   <si>
     <t>CM 140/97 - DISPÕE SOBRE A OBRIGATORIEDADE DA COLOCAÇÃO DE CAIXAS COLETORAS DE CORRESPONDÊNCIA JUNTO AOS PRÉDIOS E RESIDÊNCIAS DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS; AUTOR: VER. PAULO BENNEMANN</t>
   </si>
   <si>
     <t>5458</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5458/projeto.executivo.30.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5458/projeto.executivo.30.ok.pdf</t>
   </si>
   <si>
     <t>PM 030/1997 - CM 144/97 - INTRODUZ ALTERAÇÕES NO QUADRO DE CARGOS E FUNÇÕES GRATIFICADAS DO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>5459</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5459/projeto.executivo.31.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5459/projeto.executivo.31.ok.pdf</t>
   </si>
   <si>
     <t>PM 031/1997 - CM 148/97 - AUTORIZA O EXECUTIVO MUNICIPAL A PARTICIPAR DO PROGRAMA PRÓ-RURAL 2000 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5498</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5498/projeto.149.germano.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5498/projeto.149.germano.ok.pdf</t>
   </si>
   <si>
     <t>CM 149/97 - VEDA O USO DE FUMO NAS REPARTIÇÕES PÚBLICAS DO MUNICÍPIO. AUTOR: VER. PAULO BENNEMANN</t>
   </si>
   <si>
     <t>5460</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5460/projeto.executivo.32.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5460/projeto.executivo.32.ok.pdf</t>
   </si>
   <si>
     <t>PM 032/1997 - CM 155/97 - AUTORIZA O EXECUTIVO A ASSINAR TERMO ADITIVO AO CONVÊNIO CELEBRADO ENTRE O MUNICÍPIO E A APAE.</t>
   </si>
   <si>
     <t>5461</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5461/projeto.executivo.33.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5461/projeto.executivo.33.ok.pdf</t>
   </si>
   <si>
     <t>PM 033/1997 - CM 156/97 - ALTERA A REDAÇÃO DO ARTIGO 1º DA LEI 1.764/94, QUE ALTERA DISPOSITIVOS DO PLANO DIRETOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5499</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5499/projeto.157.darci.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5499/projeto.157.darci.ok.pdf</t>
   </si>
   <si>
     <t>CM 157/97 - DENOMINA DE 'PRAÇA DR. ORESTES LUCAS' A ÁREA REMANESCENTE, DE PROPRIEDADE DO MUNICÍPIO, COMPREENDIDA ENTRE AS RUAS SÃO LOURENÇO, ANDRADE NEVES, SÃO JOÃO E AVENIDA EGYDIO MICHAELSEN, NESTA CIDADE. AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>5462</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5462/projeto.executivo.34.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5462/projeto.executivo.34.ok.pdf</t>
   </si>
   <si>
     <t>PM 034/1997 - CM 167/97 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO DE AQUISIÇÃO, COMPENSAÇÃO E PARCELAMENTO DE CRÉDITOS E DÉBITOS COM A CEEE E O GOVERNO DO ESTADO.</t>
   </si>
   <si>
     <t>5463</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5463/projeto.executivo.36.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5463/projeto.executivo.36.ok.pdf</t>
   </si>
   <si>
     <t>PM 036/1997 - CM 169/97 - AUTORIZA A ASSINATURA DE TERMO ADITIVO AO CONVÊNIO FIRMADO COM O SESI E CONASERVAS ODERICH PARA O DESENVOLVIMENTO DO PROJETO DE DESENVOLVIMENTO GLOBAL DA CRIANÇA E DO ADOLESCENTE.</t>
   </si>
   <si>
     <t>5464</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5464/projeto.executivo.37.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5464/projeto.executivo.37.ok.pdf</t>
   </si>
   <si>
     <t>PM 037/1997 - CM 170/97 - AUTORIZA O EXECUTIVO A CONCEDER NA FORMA DE DIREITO REAL DE USO, NÃO REMUNERADO, O IMÓVEL QUE DESCREVE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5500</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5500/projeto.171.ma_noschang.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5500/projeto.171.ma_noschang.ok.pdf</t>
   </si>
   <si>
     <t>CM 171/97 - REVOGA A LEI Nº 1.993/97 E DENOMINA DE RUA ESTRADA DA VÁZEA UMA VIA PÚBLICA. AUTOR: VER. HELENA NOSCHANG</t>
   </si>
   <si>
     <t>5465</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5465/projeto.executivo.38.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5465/projeto.executivo.38.ok.pdf</t>
   </si>
   <si>
     <t>PM 038/1997 - CM 178/97 - AUTORIZA O EXECUTIVO A CONCEDER NA FORMA DE DIREITO REAL DE USO, NÃO REMUNERADO, O IMÓVEL QUE DESCREVE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5466</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5466/projeto.executivo.39.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5466/projeto.executivo.39.ok.pdf</t>
   </si>
   <si>
     <t>PM 039/1997 - CM 179/97 - AUTORIZA O EXECUTIVO MUNICIPAL A ADQUIRIR UMA ÁREA DE TERRAS, PARA O ALARGAMENTO DE VIAS PÚBLICAS.</t>
   </si>
   <si>
     <t>5503</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5503/projeto.180.iniciativa_popular.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5503/projeto.180.iniciativa_popular.ok.pdf</t>
   </si>
   <si>
     <t>CM 180/97 - REVOGA A LEI Nº 1.993/97 E DENOMINA DE RUA ESTRADA DA VÁRZEA UMA VIA PÚBLICA.</t>
   </si>
   <si>
     <t>5502</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5502/projeto.183.varios.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5502/projeto.183.varios.ok.pdf</t>
   </si>
   <si>
     <t>CM 183/97 - REVOGA A LEI 1.993/97, QUE DENOMINA PARTE DA ESTRADA DA VÁRZEA DE RUA JACINTHO ROSSETTI.</t>
   </si>
   <si>
     <t>5467</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5467/projeto.executivo.40.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5467/projeto.executivo.40.ok.pdf</t>
   </si>
   <si>
     <t>PM 040/1997 - CM 196/97 - TORNA OBRIGATÓRIA A INSTALAÇÃO DE PORTA DE SEGURANÇA NAS AGÊNCIAS BANCÁRIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5468</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5468/projeto.executivo.41.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5468/projeto.executivo.41.ok.pdf</t>
   </si>
   <si>
     <t>PM 041/1997 - CM 197/97 - CONCEDE UM AUXÍLIO FINANCEIRO À ASSOCIAÇÃO DOS MORADOREAS DO BAIRRO RIO BRANCO, PARA AQUISIÇÃO DE TERRENO E CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA.</t>
   </si>
   <si>
     <t>5469</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5469/projeto.executivo.42.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5469/projeto.executivo.42.ok.pdf</t>
   </si>
   <si>
     <t>PM 042/1997 - CM 198/97 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O DAER PARA PAVIMENTAÇÃO DE VIA PÚBLICA.</t>
   </si>
   <si>
     <t>5470</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5470/projeto.executivo.43.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5470/projeto.executivo.43.ok.pdf</t>
   </si>
   <si>
     <t>PM 043/1997 - CM 236/97 - ABRE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 60.940,00, PARA COBERTURA DE DESPESAS COM O FAP, RELATIVASÀ PESSOAL LOTADO NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>5471</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5471/projeto.executivo.44.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5471/projeto.executivo.44.ok.pdf</t>
   </si>
   <si>
     <t>PM 044/1997 - CM 237/97 - INCLUI O JIRGS E A FESTA DA PRIMAVERA ENTRE OS EVENTOS A SEREM REALIZADOS NO MÊS DE OUTUBRO, RELACIONADOS NO CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5472</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5472/projeto.executivo.45.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5472/projeto.executivo.45.ok.pdf</t>
   </si>
   <si>
     <t>PM 045/1997 - CM 238/97 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAS POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>5501</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5501/projeto.243.germano.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5501/projeto.243.germano.ok.pdf</t>
   </si>
   <si>
     <t>CM 243/97 - DISPÕE SOBRE A OBRIGATORIEDADE DA COLOCAÇÃO DE CIAXAS COLETORAS DE CORRESPONDÊNCIA JUNTO AOS PRÉDIOS E RESIDÊNCIAS DE SÃO SEBASTIÃO DO CAÍ E DÁ OUTRAS PROVIDÊNCIAS. AUTOR: VER. PAULO BENNEMANN</t>
   </si>
   <si>
     <t>5473</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5473/projeto.executivo.46.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5473/projeto.executivo.46.ok.pdf</t>
   </si>
   <si>
     <t>PM 046/1997 - CM 250/97 - CONCEDE UM AUXÍLIA FINANCEIRO A SOCIEDADE CULTURAL DOS CANTORES DE SÃO SEBASTIÃO DO CAI PARA A COBERTURA DE DESPESAS COM A MANUTENÇÃO DO CORAL.</t>
   </si>
   <si>
     <t>5474</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5474/projeto.executivo.47.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5474/projeto.executivo.47.ok.pdf</t>
   </si>
   <si>
     <t>PM 047/1997 - CM 251/97 - ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1.519/92, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5475</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5475/projeto.executivo.48.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5475/projeto.executivo.48.ok.pdf</t>
   </si>
   <si>
     <t>PM 048/1997 - CM 259/97 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>5476</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5476/projeto.executivo.49.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5476/projeto.executivo.49.ok.pdf</t>
   </si>
   <si>
     <t>PM 049/1997 - CM 260/97 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O TRIBUNAL REGIONAL ELEITORAL DO RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>5477</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>Todos Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5477/projeto.executivo.50.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5477/projeto.executivo.50.ok.pdf</t>
   </si>
   <si>
     <t>PM 050/1997 - CM 267/97 - CONVALIDA O CONVÊNIO FIRMADO ENTRE O MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ E O MINISTÉRIO DA AGRICULTURA E DO ABASTECIMENTO VISANDO A EXECUÇÃO DE PRÁTICAS DE MANEJO DE SOLO E ÁGUA EM MICROBACIAS.</t>
   </si>
   <si>
     <t>5478</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5478/projeto.executivo.51.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5478/projeto.executivo.51.ok.pdf</t>
   </si>
   <si>
     <t>PM 051/1997 - CM 268/97 - ALTERA A REDAÇÃO DO ARTIGO 3º DA LEI Nº 1844/95, QUE ISNTITUI O CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>5490</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5490/projeto.executivo.orcamento_1998.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5490/projeto.executivo.orcamento_1998.ok.pdf</t>
   </si>
   <si>
     <t>CM 274/97 - ORÇA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>5479</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5479/projeto.executivo.52.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5479/projeto.executivo.52.ok.pdf</t>
   </si>
   <si>
     <t>PM 052/1997 - CM 283/97 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NA IMPORTÂNCIA DE R$ 28.415,00, PARA ATENDIMENTO DE DESPESAS DECORRENTES DO CONVÊNIO FIRMADO ENTRE O MUNICÍPIO E O MINISTÉRIO DA AGRICULTURA E ABASTECIMENTO.</t>
   </si>
   <si>
     <t>5480</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5480/projeto.executivo.53.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5480/projeto.executivo.53.ok.pdf</t>
   </si>
   <si>
     <t>PM 053/1997 - CM 290/97 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O TRIBUNAL REGIONAL ELEITORAL DO RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>5481</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5481/projeto.executivo.54.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5481/projeto.executivo.54.ok.pdf</t>
   </si>
   <si>
     <t>PM 054/1997 - CM 304/97 - ALTERA DISPOSITIVOS QUE MENCIONA DA LEI Nº 159992, DE 29 DE DEZEMBRO DE 1992.</t>
   </si>
   <si>
     <t>5482</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5482/projeto.executivo.55.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5482/projeto.executivo.55.ok.pdf</t>
   </si>
   <si>
     <t>PM 055/1997 - CM 305/97 - ALTERA AS TABELAS I, II, III, IV,V,VI E VII DA LEI Nº1.599/92, DE 29 DE DEZEMBRO DE 1992.</t>
   </si>
   <si>
     <t>5483</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5483/projeto.executivo.56.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5483/projeto.executivo.56.ok.pdf</t>
   </si>
   <si>
     <t>PM 056/1997 - CM 306/97 - DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DO ENSINO FUNDAMENTAL E DE VALORIZAÇÃO DO MAGISTÉRIO.</t>
   </si>
   <si>
     <t>5484</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5484/projeto.executivo.57.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5484/projeto.executivo.57.ok.pdf</t>
   </si>
   <si>
     <t>PM 057/1997 - CM 309/97 - CONCEDE UM AUXÍLIO FINANCEIRO ÀS ENTIDADES QUE MENCIONA.</t>
   </si>
   <si>
     <t>5485</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5485/projeto.executivo.58.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5485/projeto.executivo.58.ok.pdf</t>
   </si>
   <si>
     <t>PM 058/1997 - CM 310/97 - ALTERA A REDAÇÃO DO ART. 250, DA LEI Nº 1.599/92 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5486</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5486/projeto.executivo.59.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5486/projeto.executivo.59.ok.pdf</t>
   </si>
   <si>
     <t>PM 059/1997 - CM 311/97 - INSTITUI O CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO PARA O EXERCÍCIO DE 1998.</t>
   </si>
   <si>
     <t>5487</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5487/projeto.executivo.60.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5487/projeto.executivo.60.ok.pdf</t>
   </si>
   <si>
     <t>PM 060/1997 - CM 312/97 - ALTERA DISPOSITIVOS DA LEI Nº 1.661, DE 17 DE SETEMBRO DE 1993 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5488</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5488/projeto.executivo.61.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5488/projeto.executivo.61.ok.pdf</t>
   </si>
   <si>
     <t>PM 061/1997 - CM 313/97 - AUTORIZA O EXECUTIVO MUNICIPAL A ALIENAR, ATRAVÉS DE LEILÃO, UM VEÍCULO USADO DE PROPRIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5489</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5489/projeto.executivo.62.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5489/projeto.executivo.62.ok.pdf</t>
   </si>
   <si>
     <t>PM 062/1997 - CM 317/97 - AUTORIZA O EXECUTIVO MUNICIPAL A RECEBER RESTITUIÇÃO DA PARTICIPAÇÃO FINANCEIRA DO MUNICÍPIO DECORRENTE DE CONTRATO DE PARTICIPAÇÃO FINANCEIRA PARA TOMADA DE ASSINATURA DO SERVIÇO TELEFÔNICO.</t>
   </si>
   <si>
     <t>5509</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5509/projeto.70.pedro.resolucao.tribuna_popular.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5509/projeto.70.pedro.resolucao.tribuna_popular.ok.pdf</t>
   </si>
   <si>
     <t>CM 070/97 - DISPÕE SOBRE A TRIBUNA POPULAR NAS SESSÕES PLENÁRIAS ORDINÁRIAS DA CÂMARA MUNICIPAL DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>5505</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5505/projeto.95.darci.aprova_regimento.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5505/projeto.95.darci.aprova_regimento.ok.pdf</t>
   </si>
   <si>
     <t>CM 095/97 - APRESENTAÇÃO DE PROJETO DE RESOLUÇÃO (REGIMENTO INTERNO). AUTOR: VER. DARCI LAUERMANN</t>
   </si>
   <si>
     <t>5504</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5504/projeto.172.comissao_especial.aprova_regimento.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5504/projeto.172.comissao_especial.aprova_regimento.ok.pdf</t>
   </si>
   <si>
     <t>CM 172/97 - APROVA O REGIMENTO INTERNO DA CÂMARA MNICIPAL DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1917,67 +1917,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5510/emenda.49.pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5511/emenda.50.pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5512/emenda.51.cgp.ok.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5513/emenda.73.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5514/emenda.74.germano.ok.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5515/emenda.75.pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5516/emenda.113.ma_noschang.ok.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5517/emenda.114.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5518/emenda.115.celso.ok.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5519/emenda.131.pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5520/emenda.132.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5521/emenda.133.celso.ok.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5522/emenda.203.darci.eoutros.ok.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5523/emenda.205.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5524/emenda.206.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5525/emenda.207.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5552/emenda.208.celso.ok.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5553/emenda.210.celso.ok.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5526/emenda.211.germano.ok.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5527/emenda.212.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5528/emenda.213.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5529/emenda.214.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5530/emenda.215.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5531/emenda.216.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5532/emenda.217.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5533/emenda.218.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5534/emenda.219.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5535/emenda.220.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5536/emenda.221.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5537/emenda.222.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5538/emenda.235.varios.ok.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5539/emenda.242.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5540/emenda.249.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5541/emenda.256.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5542/emenda.269.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5543/emenda.270.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5544/emenda.280.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5545/emenda.281.ma_noschang.ok.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5546/emenda.282.celso.ok.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5547/emenda.299.ma_noschang.ok.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5548/emenda.300.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5549/emenda.301.enio.ok.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5550/emenda.302.caye_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5551/emenda.303.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5506/projeto.102.mesa.decreto.autoriza_ausencia_do_prefeito.ok.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5507/projeto.117.mesa.decreto.autoriza_ausencia_do_prefeito.ok.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5508/projeto.177.mesa.decreto.autoriza_ausencia_do_prefeito.ok.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5427/projeto.executivo.01.ok.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5428/projeto.executivo.02.ok.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5429/projeto.executivo.03.ok.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5430/projeto.executivo.04.ok.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5431/projeto.executivo.05.ok.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5491/projeto.6.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5432/projeto.executivo.06.ok.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5433/projeto.executivo.07.ok.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5434/projeto.executivo.08.ok.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5435/projeto.executivo.09.ok.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5436/projeto.executivo.10.ok.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5437/projeto.executivo.11.ok.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5438/projeto.executivo.12.ok.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5439/projeto.executivo.13.ok.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5440/projeto.executivo.14.ok.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5441/projeto.executivo.15.ok.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5442/projeto.executivo.16.ok.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5492/projeto.68.germano.ok.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5493/projeto.69.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5445/projeto.executivo.17.ok.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5446/projeto.executivo.18.ok.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5447/projeto.executivo.19.ok.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5448/projeto.executivo.20.ok.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5449/projeto.executivo.21.ok.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5494/projeto.107.varios.ok.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5450/projeto.executivo.22.ok.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5451/projeto.executivo.23.ok.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5452/projeto.executivo.24.ok.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5453/projeto.executivo.25.ok.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5454/projeto.executivo.26.ok.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5455/projeto.executivo.27.ok.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5495/projeto.129.pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5456/projeto.executivo.28.ok.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5457/projeto.executivo.29.ok.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5496/projeto.139.varios.ok.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5497/projeto.140.germano.ok.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5458/projeto.executivo.30.ok.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5459/projeto.executivo.31.ok.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5498/projeto.149.germano.ok.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5460/projeto.executivo.32.ok.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5461/projeto.executivo.33.ok.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5499/projeto.157.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5462/projeto.executivo.34.ok.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5463/projeto.executivo.36.ok.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5464/projeto.executivo.37.ok.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5500/projeto.171.ma_noschang.ok.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5465/projeto.executivo.38.ok.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5466/projeto.executivo.39.ok.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5503/projeto.180.iniciativa_popular.ok.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5502/projeto.183.varios.ok.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5467/projeto.executivo.40.ok.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5468/projeto.executivo.41.ok.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5469/projeto.executivo.42.ok.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5470/projeto.executivo.43.ok.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5471/projeto.executivo.44.ok.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5472/projeto.executivo.45.ok.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5501/projeto.243.germano.ok.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5473/projeto.executivo.46.ok.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5474/projeto.executivo.47.ok.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5475/projeto.executivo.48.ok.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5476/projeto.executivo.49.ok.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5477/projeto.executivo.50.ok.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5478/projeto.executivo.51.ok.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5490/projeto.executivo.orcamento_1998.ok.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5479/projeto.executivo.52.ok.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5480/projeto.executivo.53.ok.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5481/projeto.executivo.54.ok.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5482/projeto.executivo.55.ok.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5483/projeto.executivo.56.ok.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5484/projeto.executivo.57.ok.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5485/projeto.executivo.58.ok.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5486/projeto.executivo.59.ok.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5487/projeto.executivo.60.ok.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5488/projeto.executivo.61.ok.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5489/projeto.executivo.62.ok.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5509/projeto.70.pedro.resolucao.tribuna_popular.ok.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5505/projeto.95.darci.aprova_regimento.ok.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5504/projeto.172.comissao_especial.aprova_regimento.ok.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5510/emenda.49.pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5511/emenda.50.pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5512/emenda.51.cgp.ok.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5513/emenda.73.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5514/emenda.74.germano.ok.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5515/emenda.75.pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5516/emenda.113.ma_noschang.ok.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5517/emenda.114.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5518/emenda.115.celso.ok.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5519/emenda.131.pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5520/emenda.132.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5521/emenda.133.celso.ok.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5522/emenda.203.darci.eoutros.ok.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5523/emenda.205.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5524/emenda.206.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5525/emenda.207.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5552/emenda.208.celso.ok.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5553/emenda.210.celso.ok.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5526/emenda.211.germano.ok.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5527/emenda.212.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5528/emenda.213.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5529/emenda.214.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5530/emenda.215.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5531/emenda.216.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5532/emenda.217.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5533/emenda.218.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5534/emenda.219.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5535/emenda.220.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5536/emenda.221.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5537/emenda.222.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5538/emenda.235.varios.ok.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5539/emenda.242.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5540/emenda.249.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5541/emenda.256.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5542/emenda.269.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5543/emenda.270.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5544/emenda.280.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5545/emenda.281.ma_noschang.ok.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5546/emenda.282.celso.ok.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5547/emenda.299.ma_noschang.ok.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5548/emenda.300.anastacio.ok.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5549/emenda.301.enio.ok.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5550/emenda.302.caye_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5551/emenda.303.celso_e_pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5506/projeto.102.mesa.decreto.autoriza_ausencia_do_prefeito.ok.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5507/projeto.117.mesa.decreto.autoriza_ausencia_do_prefeito.ok.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5508/projeto.177.mesa.decreto.autoriza_ausencia_do_prefeito.ok.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5427/projeto.executivo.01.ok.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5428/projeto.executivo.02.ok.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5429/projeto.executivo.03.ok.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5430/projeto.executivo.04.ok.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5431/projeto.executivo.05.ok.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5491/projeto.6.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5432/projeto.executivo.06.ok.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5433/projeto.executivo.07.ok.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5434/projeto.executivo.08.ok.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5435/projeto.executivo.09.ok.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5436/projeto.executivo.10.ok.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5437/projeto.executivo.11.ok.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5438/projeto.executivo.12.ok.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5439/projeto.executivo.13.ok.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5440/projeto.executivo.14.ok.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5441/projeto.executivo.15.ok.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5442/projeto.executivo.16.ok.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5492/projeto.68.germano.ok.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5493/projeto.69.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5445/projeto.executivo.17.ok.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5446/projeto.executivo.18.ok.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5447/projeto.executivo.19.ok.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5448/projeto.executivo.20.ok.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5449/projeto.executivo.21.ok.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5494/projeto.107.varios.ok.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5450/projeto.executivo.22.ok.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5451/projeto.executivo.23.ok.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5452/projeto.executivo.24.ok.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5453/projeto.executivo.25.ok.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5454/projeto.executivo.26.ok.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5455/projeto.executivo.27.ok.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5495/projeto.129.pedro_griebler.ok.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5456/projeto.executivo.28.ok.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5457/projeto.executivo.29.ok.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5496/projeto.139.varios.ok.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5497/projeto.140.germano.ok.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5458/projeto.executivo.30.ok.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5459/projeto.executivo.31.ok.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5498/projeto.149.germano.ok.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5460/projeto.executivo.32.ok.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5461/projeto.executivo.33.ok.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5499/projeto.157.darci.ok.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5462/projeto.executivo.34.ok.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5463/projeto.executivo.36.ok.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5464/projeto.executivo.37.ok.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5500/projeto.171.ma_noschang.ok.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5465/projeto.executivo.38.ok.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5466/projeto.executivo.39.ok.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5503/projeto.180.iniciativa_popular.ok.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5502/projeto.183.varios.ok.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5467/projeto.executivo.40.ok.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5468/projeto.executivo.41.ok.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5469/projeto.executivo.42.ok.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5470/projeto.executivo.43.ok.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5471/projeto.executivo.44.ok.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5472/projeto.executivo.45.ok.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5501/projeto.243.germano.ok.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5473/projeto.executivo.46.ok.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5474/projeto.executivo.47.ok.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5475/projeto.executivo.48.ok.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5476/projeto.executivo.49.ok.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5477/projeto.executivo.50.ok.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5478/projeto.executivo.51.ok.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5490/projeto.executivo.orcamento_1998.ok.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5479/projeto.executivo.52.ok.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5480/projeto.executivo.53.ok.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5481/projeto.executivo.54.ok.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5482/projeto.executivo.55.ok.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5483/projeto.executivo.56.ok.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5484/projeto.executivo.57.ok.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5485/projeto.executivo.58.ok.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5486/projeto.executivo.59.ok.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5487/projeto.executivo.60.ok.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5488/projeto.executivo.61.ok.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5489/projeto.executivo.62.ok.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5509/projeto.70.pedro.resolucao.tribuna_popular.ok.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5505/projeto.95.darci.aprova_regimento.ok.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1997/5504/projeto.172.comissao_especial.aprova_regimento.ok.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H126"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="137.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="136.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="250.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>