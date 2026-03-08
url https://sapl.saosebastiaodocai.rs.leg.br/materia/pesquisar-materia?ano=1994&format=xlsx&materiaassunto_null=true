--- v0 (2025-10-08)
+++ v1 (2026-03-08)
@@ -51,1737 +51,1737 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5770</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5770/emenda.63.valdir_e_eric.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5770/emenda.63.valdir_e_eric.ok.pdf</t>
   </si>
   <si>
     <t>CM 063/94 - EMENDA AO PROJETO DE LEI Nº 53/94, QUE DISPÕE SOBRE A CONCESSÃO DE AUXÍLIOS E SUBVENÇÕES.</t>
   </si>
   <si>
     <t>5771</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5771/emenda.107.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5771/emenda.107.ok.pdf</t>
   </si>
   <si>
     <t>CM 107/94 - PROJETO DE LEI Nº PM 51/94 - CM 107/94, COM A INSERÇÃO DE EMENDAS APROVADAS PELA CÂMARA MUNICIPAL - REDAÇÃO FINAL.</t>
   </si>
   <si>
     <t>5772</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5772/emenda.117.tassinari.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5772/emenda.117.tassinari.ok.pdf</t>
   </si>
   <si>
     <t>CM 117/94 - PROJETO DE EMENDA À LEI ORGÂNICA DO MUNICÍPIO. AUTOR. VER. LUIZ TASSINARI, PAULO DE PAULA</t>
   </si>
   <si>
     <t>5773</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5773/emenda.125.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5773/emenda.125.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 125/94 - EMENDAS AO PROJETO DE LEI PM 51/94, DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1995. AUTOR. VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>5774</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5774/emenda.126.tassinari.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5774/emenda.126.tassinari.ok.pdf</t>
   </si>
   <si>
     <t>CM 126/94 - EMENDAS AO PROJETO DE LEI PM 51/94, DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1995. AUTOR. VER. LUIZ TASSINARI</t>
   </si>
   <si>
     <t>5775</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5775/emenda.129.caye.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5775/emenda.129.caye.ok.pdf</t>
   </si>
   <si>
     <t>CM 129/94 - EMENDAS AO PROJETO DE LEI PM 51/94, DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1995. AUTOR. VER. JOÃO CAYE</t>
   </si>
   <si>
     <t>5776</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5776/emenda.130.caye.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5776/emenda.130.caye.ok.pdf</t>
   </si>
   <si>
     <t>CM 130/94 - EMENDAS AO PROJETO DE LEI PM 51/94, DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1995. AUTOR. VER. VALDIR RAMOS</t>
   </si>
   <si>
     <t>5777</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5777/emenda.131.caye.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5777/emenda.131.caye.ok.pdf</t>
   </si>
   <si>
     <t>CM 131/94 - EMENDAS AO PROJETO DE LEI PM 51/94, DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1995. AUTOR. VER. JOÃO CAYE</t>
   </si>
   <si>
     <t>5778</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5778/emenda.132.caye.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5778/emenda.132.caye.ok.pdf</t>
   </si>
   <si>
     <t>CM 132/94 - EMENDAS AO PROJETO DE LEI PM 51/94, DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1995. AUTOR. VER. JOÃO CAYE</t>
   </si>
   <si>
     <t>5779</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5779/emenda.133.caye.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5779/emenda.133.caye.ok.pdf</t>
   </si>
   <si>
     <t>CM 133/94 - EMENDAS AO PROJETO DE LEI PM 51/94, DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1995. AUTOR. VER. JOÃO CAYE</t>
   </si>
   <si>
     <t>5780</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5780/emenda.134.tassinari.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5780/emenda.134.tassinari.ok.pdf</t>
   </si>
   <si>
     <t>CM 133/94 - SUBEMENDA À EMENDA CM 126/94. AUTOR. VER. LUIZ TASSINARI</t>
   </si>
   <si>
     <t>5781</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5781/emenda.135.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5781/emenda.135.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 135/94 - EMENDAS AO PROJETO DE LEI PM 51/94, DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1995. AUTOR. VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>5782</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/</t>
   </si>
   <si>
     <t>CM 136/94 - EMENDAS AO PROJETO DE LEI PM 51/94, DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1995. AUTOR. VER. INÁCIO JUCHEM</t>
   </si>
   <si>
     <t>5783</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5783/emenda.137.paulo_de_paula.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5783/emenda.137.paulo_de_paula.ok.pdf</t>
   </si>
   <si>
     <t>CM 137/94 - EMENDAS AO PROJETO DE LEI PM 51/94, DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1995. AUTOR. VER. PAULO DE PAULA</t>
   </si>
   <si>
     <t>5784</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5784/emenda.138.valdir_e_donato.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5784/emenda.138.valdir_e_donato.ok.pdf</t>
   </si>
   <si>
     <t>CM 138/94 - EMENDAS AO PROJETO DE LEI PM 51/94, DO EXECUTIVO, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1995. AUTOR. VER. VALDIR RAMOS, DONATO</t>
   </si>
   <si>
     <t>5785</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5785/indicacao.6.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5785/indicacao.6.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 006/94 - INDICA AO EXECUTIVO A TOMADA DE PROVIDÊNCIA PARA A FIEL OBSERVANCIA DO DISPOSTO NOS ARTIGOS 37 E 38 DA LEI Nº 1.074, DE 30 DE NOVEMBRO DE 1982, QUE APROVA O CÓDIGO DE OBRAS. A LEI Nº 1.434, DE 26 DE OUTUBRO DE 1990, ESTABELECE MULTAS PELODSCUMPRIMENTO DOS ARTIGOS ACIMA CITADOS. INDICA MAIS QUE A AÇÃO DA PREFEITURA SE ESTENDA A TODAS AS RUAS PAVIMENTADAS, ESPECIALMETE NO BAIRRO NAVEGANTES. INDICA UMA LIMPEZA GERAL NAS RUAS DA CIDADE. AUTOR. VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>5786</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5786/indicacao.8.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5786/indicacao.8.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 008/94 - INDICA AO EXECUTIVO A INCLUSÃO, NOS PRÓXIMOS PROJETOS DE ASFALTAMENTO DE RUAS DA CIDADE, DAS RUAS TIRADENTES E ODERICH. AUTOR. VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>5787</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5787/indicacao.9.paulo_de_paula.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5787/indicacao.9.paulo_de_paula.ok.pdf</t>
   </si>
   <si>
     <t>CM 009/94 - INDICA AO EXECUTIVO A INCLUSÃO, NO PROJETO DE ASFALTAMENTO DERUAS, DAS DUAS ÚLTIMAS QUADRAS DA RUA MARECHAL DEODORO DA FONSECA, DESDE A RUA ODERICH ATÉ A ENTRADA PARA O CAMPO DO ESPORTE CLUBE GUARANI. AUTOR. VER. PAULO DE PAULA</t>
   </si>
   <si>
     <t>5788</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5788/indicacao.15.tassinari.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5788/indicacao.15.tassinari.ok.pdf</t>
   </si>
   <si>
     <t>CM 015/94 - INDICA AO EXECUTIVO O CALÇAMENTO DA ESTRADA OU RUA DA VÁRZEA, ATÉ AS PROXIMIDADES DO BENEFICIADOR DE LARANJAS DE ALCEU SCHEAFFER. AUTOR. VER. LUIZ TASSINARI.</t>
   </si>
   <si>
     <t>5789</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5789/indicacao.16.tassinari.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5789/indicacao.16.tassinari.ok.pdf</t>
   </si>
   <si>
     <t>CM 016/94 - INDICA AO EXECUTIVO A COLOCAÇÃO DE UM OBSTÁCULO 'QUEBRA-MOLAS' NA RUA BOM RETIRO DO SUL, NAS PROXIMIDADES DO ARMAZÉM FLORES. AUTOR. VER. LUIZ TASSINARI</t>
   </si>
   <si>
     <t>5790</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5790/indicacao.18.varios.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5790/indicacao.18.varios.ok.pdf</t>
   </si>
   <si>
     <t>CM 018/94 - INDICA AO EXECUTIVO A ABERTURA DO VALO NO BAIRRO CHAPADÃO, NAS TERRAS DO SR. VALDEMAR LAUX.</t>
   </si>
   <si>
     <t>5791</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5791/indicacao.19.astor.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5791/indicacao.19.astor.ok.pdf</t>
   </si>
   <si>
     <t>CM 019/94 - INDICA AO EXECUTIVO  A INSTALAÇÃO DE DOIS 'QUEBRA-MOLAS' NA RUA JOÃO PEREIRA, NA ENTRADA DA CIDADE. AUTOR.VER. ASTOR DOS SANTOS</t>
   </si>
   <si>
     <t>5792</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5792/indicacao.20.astor.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5792/indicacao.20.astor.ok.pdf</t>
   </si>
   <si>
     <t>CM 020/94 - INDICA AO EXECUTIVO O PROLONGAMENTO DA RUA ARY BAIERLE. AUTOR.VER. ASTOR DOS SANTOS</t>
   </si>
   <si>
     <t>5793</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5793/indicacao.21.paulo_de_paula.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5793/indicacao.21.paulo_de_paula.ok.pdf</t>
   </si>
   <si>
     <t>CM 021/94 - INDICA AO EXECUTIVO A DEMARCAÇÃO DE DOIS PONTOS DE CARGA E DESCARGA NO CENTRO DA CIDADE, EM LOCAIS A SEREM ESCOLHIDOS PELA SECRETARIA DE OBRAS E VIAÇÃO. AUTOR.VER. PAULO DE PAULA</t>
   </si>
   <si>
     <t>5794</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5794/indicacao.23.mozar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5794/indicacao.23.mozar.ok.pdf</t>
   </si>
   <si>
     <t>CM 023/94 - INDICA AO EXECUTIVO O REPASSE DE RECURSOS À ASSOCIAÇÃO DOS MORADORES DA VILA SÃO MARTIM, PARA CUSTEAR A CERCADURA DO CAMPO DE ESPORTES  DAQUELA VILA. AUTOR.VER. MOZAR HOFF</t>
   </si>
   <si>
     <t>5795</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5795/indicacao.26.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5795/indicacao.26.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 026/94 - INDICA AO EXECUTIVO A EXTENSÃO DA REDE DE ENERGIA ELÉTRICA, NUMA DISTÂNCIA DE 250 METROS, NA ESTRADA QUE CONDUZ CHÁCARA DA FAMÍLIA BERWANGER. AUTOR. VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>5796</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5796/indicacao.27.tassinari.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5796/indicacao.27.tassinari.ok.pdf</t>
   </si>
   <si>
     <t>CM 027/94 - INDICA AO EXECUTIVO A INSTALAÇÃO DE UM BRAÇO DE ILUMINAÇÃO PÚBLICA NO POSTE EM FRENTE À ESCOLA MUNICIPAL DA VILA SÃO MARTIM. AUTOR. VER. LAUIZ TASSINARI</t>
   </si>
   <si>
     <t>5797</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5797/indicacao.34.caye.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5797/indicacao.34.caye.ok.pdf</t>
   </si>
   <si>
     <t>CM 034/94 - INDICA AO EXECUTIVO O ENSAIBRAMENTO DA ESTRADA DA ESTRADA DO ANGICO E A EXECUÇÃO DE OUTRAS MELHORIAS QUE O ESTADO DA ESTRADA ESTÁ A RECLAMAR. AUTOR: VER. JOÃO CAYE</t>
   </si>
   <si>
     <t>5798</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5798/indicacao.35.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5798/indicacao.35.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 035/94 - INDICA AO EXECUTIVO A CONSTRUÇÃO DE UM 'QUEBRA MOLAS' - NA RUA CACHOEIRINHA, EM FRENTE À CASA DE 217. AUTOR. VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>5799</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5799/indicacao.36.donato.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5799/indicacao.36.donato.ok.pdf</t>
   </si>
   <si>
     <t>CM 036/94 - INDICA AO EXECUTIVO A PINTURA ' SINALIZAÇÃO' DOS ' QUEBRA-MOLAS' NA RUA DO PARQUE E DE TODOS OS DEMAIS ' QUEBRA MOLAS '  NA CIDADE, QUE NÃO TENHA A ADEQUADA SINALIZAÇÃO PRÓPRIO CORPO DO OBSTÁCULO. AUTOR. VER. JOÃO HARTMANN</t>
   </si>
   <si>
     <t>5800</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5800/indicacao.50.donato.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5800/indicacao.50.donato.ok.pdf</t>
   </si>
   <si>
     <t>CM 050/94 - INDICA AO EXECUTIVO O CALÇAMENTO DA RUA SAPUCAIA DO SUL EM RIO BRANCO, COM A CONSTRUÇÃO DE REDE DE ESGOTOS, MEIO-FIO ETC. INDICA TAMBÉM A REALIZAÇÃO DE MELHORAMENTOS NA RUA  QUE, A PARTIR DA RS 122, DÁ ACESSO À IGREJA CATÓLICA E ADJACÊNCIAS. AUTOR . VER. JOÃO HARTMANN</t>
   </si>
   <si>
     <t>5801</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5801/indicacao.54.caye.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5801/indicacao.54.caye.ok.pdf</t>
   </si>
   <si>
     <t>CM 054/94 - INDICA AO EXECUTIVO A DOAÇÃO DE PROVIDÊNCIAS PARA A IMPLANTAÇÃO DE PLANTÃO MÉDICO DIURNO, A EXEMPLO DO PLANTÇAO NOTURNO QUE JÁ FUNCIONA NO HOSPITAL SAGRADA FAMÍLIA. AUTOR. VER. JOÃO CAYE</t>
   </si>
   <si>
     <t>5802</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5802/indicacao.55.inacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5802/indicacao.55.inacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 055/94 - INDICA AO EXECUTIVO A INSTALAÇÃO DE UM BRAÇO DE LUZ NA RÓTULA PRINCIPAL DE ENTRADA NA CIDADE. AUTOR. VER. INÁCIO JUCHEM</t>
   </si>
   <si>
     <t>5803</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5803/indicacao.64.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5803/indicacao.64.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 064/94 - INDICA AO EXECUTIVO A FORMULAÇÃO DE UM PROJETO DE LEI ISENTANDO DO PAGAMENTO DA CONTRIBUIÇÃO DE MELHORIA AS PESSOAS DE BAIXA RENDA. AUTOR. VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>5804</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5804/indicacao.65.erico_e_caye.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5804/indicacao.65.erico_e_caye.ok.pdf</t>
   </si>
   <si>
     <t>CM 06594 - INDICA AO EXECUTIVO O CALÇAMENTO DAS RUAS SÃO GABRIEL E CLEMENTINO SOARES. AUTOR: VER. JOÃO CAYE, ERICO MEIRELLES</t>
   </si>
   <si>
     <t>5805</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5805/indicacao.69.paulo_de_paula.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5805/indicacao.69.paulo_de_paula.ok.pdf</t>
   </si>
   <si>
     <t>CM 069/94 - INDICA AO EXECUTIVO A AQUISIÇÃO, COM URGÊNCIA, DE UMANOVA AMBULÂNCIA. AUTOR. VER. PAULO DE PAULA</t>
   </si>
   <si>
     <t>5806</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5806/indicacao.75.inacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5806/indicacao.75.inacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 075/94 - INDICA AO EXECUTIVO A INSTALAÇÃO DE UM ABRIGO DE ÔNIBUS NA ESTRADA DO CHAPADÃO, NO ENTRONCAMENTO COM A RUA DO LOTEAMENTO SÃO JOSÉ, E DE UM BRAÇO DE LUZ - ILUMINAÇÃO PÚBLICA - NO POSTE ALI SITUADO. AUTOR. VER. INÁCIO JUCHEM</t>
   </si>
   <si>
     <t>5807</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5807/indicacao.94.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5807/indicacao.94.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 094/94 - INDICA AO EXECUTIVO A ELABORAÇÃO DE UM PROJETO DE LEI PROIBINDO A AFIXAÇÃO DE CARTAZES, FOLHETOS, ANÚNCIOS, ETC., EM LOGRADOUROS PÚBLICOS, PARADAS DE ÔNIBUS E BENS PÚBLICOS, SOB PENA DE MULTA E REMOÇÃO. AUTOR. VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>5808</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5808/indicacao.96.astor_e_caye.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5808/indicacao.96.astor_e_caye.ok.pdf</t>
   </si>
   <si>
     <t>CM 096/94 - INDICA AO EXECUTIVO A CONSTRUÇÃO DE UM 'QUEBRA-MOLAS' NA RUA DOIS, ESQUINA DA RUA OSWALDO CRUZ (1º ESQUINA). AUTOR. VER. ASTOR DOS SANTOS, JOÃO CAYE</t>
   </si>
   <si>
     <t>5809</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5809/indicacao.101.donato.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5809/indicacao.101.donato.ok.pdf</t>
   </si>
   <si>
     <t>CM 101/94 - INDICA AO EXECUTIVO A CONSTRUÇÃO DE DOIS 'QUBRA-MOLAS' NA RUA ANTÔNIO PRADO, NOS PONTOS MAIS ADEQUADOS. AUTO. VER. JOSÉ HARTMANN</t>
   </si>
   <si>
     <t>5810</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5810/indicacao.106.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5810/indicacao.106.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 106/94 - INDICA AO EXECUTIVO O CALÇAMENTO DA RUA CHRISTIANO SAUER. AUTOR. VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>5811</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5811/indicacao.118.tassinari.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5811/indicacao.118.tassinari.ok.pdf</t>
   </si>
   <si>
     <t>CM 118/94 - INDICA AO EXECUTIVO A CONSTRUÇÃO DE DOIS 'QUEBRA-MOLAS NA RUA PINHEIRO MACHADO E DE DOIS NA AVENIDA EGYDIO MICHAELSEN, POUCO ANTES DA SINALEIRA. AUTOR. VER. LUIZ TASSINARI</t>
   </si>
   <si>
     <t>5812</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5812/indicacao.121.inacio.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5812/indicacao.121.inacio.ok.pdf</t>
   </si>
   <si>
     <t>CM 121/94 - INDICA AO EXECUTIVO O CALÇAMENTO DA ESTRADA DO CHAPADÃO, DESDE O ARMAZÉM DE MAIDI MULLER, ATÉ A RESIDÊNCIA DO SR. JAIME FLORES. AUTOR. VER. INÁCIO JUCHEM</t>
   </si>
   <si>
     <t>5813</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5813/indicacao.127.tassinari.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5813/indicacao.127.tassinari.ok.pdf</t>
   </si>
   <si>
     <t>CM 127/94 - INDICA AO EXECUTIVO QUE AUTORIZA A CORSAN A INSTALAR REDE DE ÁGUA NA ESCOLA MUNICIPAL DE 1º GRAU INCOMPLETO GEN. DAVID CANABARRO, NA VILA SÃO MARTIM. AUTOR. VER. LUIZ TASSINARI</t>
   </si>
   <si>
     <t>5814</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5814/indicacao.128.mozar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5814/indicacao.128.mozar.ok.pdf</t>
   </si>
   <si>
     <t>CM 128/94 - INDICA AO EXECUTIVO O ATENDIMENTO DO ABAIXO-ASSINADO ANEXO, DE MORADORES DE CAMPESTRE. AUTOR. VER. MOZAR HOFF</t>
   </si>
   <si>
     <t>5815</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5815/indicacao.141.erico_e_astor.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5815/indicacao.141.erico_e_astor.ok.pdf</t>
   </si>
   <si>
     <t>CM 141/94 - INDICA AO EXECUTIVO A CONCLUSÃO DO CALÇAMENTO DA RUA DA VÁRZEA. AUTOR. VER. ERICO MEIRELLES, ASTOR DOS SANTOS</t>
   </si>
   <si>
     <t>5816</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5816/indicacao.146.mozar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5816/indicacao.146.mozar.ok.pdf</t>
   </si>
   <si>
     <t>CM 146/94 - INDICA AO EXECUTIVO A CONSTRUÇÃO DE 'QUEBRA-MOLAS' NOS PONTOS MAIS INDICADOS DA AVENIDA NELSON HOFF E DA RUA NENÊ SOUZA. AUTOR. VER. MOZAR HOFF</t>
   </si>
   <si>
     <t>5817</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5817/indicacao.151.valdir.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5817/indicacao.151.valdir.ok.pdf</t>
   </si>
   <si>
     <t>CM 151/94 - INDICA AO EXECUTIVO O CALÇAMENTO DE TRINTA METROS NA LIGAÇÃO DO LOTEAMENTO MORADA DO VALE À RUA DA VÁRZEA. AUTOR. VER. VALDIR RAMOS</t>
   </si>
   <si>
     <t>5818</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5818/indicacao.152.mozar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5818/indicacao.152.mozar.ok.pdf</t>
   </si>
   <si>
     <t>CM 152/94 - INDICA AO EXECUTIVO O EXAME DA POSSIBILIDADE DE AQUISIÇÃO DE UM SERVIÇO DE RÁDIO-COMUNICAÇÃO, PARA INTERLIGAR A VILA SÃO MARTIM COM A PREFEITURA OU COM A BRIGADA MILITAR. AUTOR. VER.MOZAR HOFF</t>
   </si>
   <si>
     <t>5819</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5819/indicacao.156.marileny.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5819/indicacao.156.marileny.ok.pdf</t>
   </si>
   <si>
     <t>CM 156/94 - INDICA AO EXECUTIVO A REPOSIÇÃO E MANUTENÇÃO DA DENOMINAÇÃO 'CHURRASCARIA FERRINHO' NAQUELE ESTABELECIMENTO, EM MEMÓRIA DE UM CAIENSE QUE TEVE EXPRESSIVA ATUAÇÃO NA SUA COMUNIDADE. AUTOR. VER. MARILENY ROSSETTI</t>
   </si>
   <si>
     <t>5820</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5820/indicacao.163.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5820/indicacao.163.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 163/94 - INDICA AO EXECUTIVO A CONSTRUÇÃO DE DOIS 'QUEBRA-MOLAS' NA RUA OSVALDO CRUZ, UM DELES EM FRENTE À CRECHE E OUTRO PRÓXIMO À CONCHA DE ESPORTE, NO LOTEAMENTO POPULAR. AUTOR. VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>5821</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5821/indicacao.172.tassinari.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5821/indicacao.172.tassinari.ok.pdf</t>
   </si>
   <si>
     <t>CM 172/94 - INDICA AO EXECUTIVO O ASFALTAMENTO DE UM TRECHO DA RUA OLAVO FLORES, NA PARTE QUE LIGA AO PARQUE CENTENÁRIO. AUTOR. VER. LUIZ TASSINARI.</t>
   </si>
   <si>
     <t>5703</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5703/projeto.executivo.1.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5703/projeto.executivo.1.ok.pdf</t>
   </si>
   <si>
     <t>PM 001/1994 - CM 001/94 - AUTORIZA O EXECUTIVO MUNICIPAL A ADQUIRIR UM TERRENO PARA A AMPLIAÇÃO DO PARQUE CENTENÁRIO.</t>
   </si>
   <si>
     <t>5704</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5704/projeto.executivo.2.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5704/projeto.executivo.2.ok.pdf</t>
   </si>
   <si>
     <t>PM 002/1994 - CM 002/94 - AUTORIZA O EXECUTIVO MUNICIPALA EFETUAR DESPESAS COM A PROMOÇÃO DO CARNAVAL/94.</t>
   </si>
   <si>
     <t>5705</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5705/projeto.executivo.3.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5705/projeto.executivo.3.ok.pdf</t>
   </si>
   <si>
     <t>PM 003/1994 - CM 003/94 - CONCEDE UM AUXÍLIO FINANCEIRO AS ENTIDADES QUE MENCIONA.</t>
   </si>
   <si>
     <t>5706</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5706/projeto.executivo.4.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5706/projeto.executivo.4.ok.pdf</t>
   </si>
   <si>
     <t>PM 004/1994 - CM 004/94 - INSTITUI O CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO PARA O EXERCÍCIO DE 1994.</t>
   </si>
   <si>
     <t>5707</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5707/projeto.executivo.5.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5707/projeto.executivo.5.ok.pdf</t>
   </si>
   <si>
     <t>PM 005/1994 - CM 005/94 - PRORROGA A VIGÊNCIA DA LEI Nº 1625/93, QUE CRIA O PROGRAMA MUNICIPAL DE MELHORIA HABITACIONAL PARA POPULAÇÃO DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>5708</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5708/projeto.executivo.6.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5708/projeto.executivo.6.ok.pdf</t>
   </si>
   <si>
     <t>PM 006/1994 - CM 007/94 - AUTORIZA O EXECUTIVO A FIRMAR CONVÊNIO COM O CENTRO DE INTEGRAÇÃO EMPRESA ESCOLA PARA A IMPLANTAÇÃO DE UM PROGRAMA DE ESTÁGIO DE ESTUDANTES.</t>
   </si>
   <si>
     <t>5709</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5709/projeto.executivo.7.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5709/projeto.executivo.7.ok.pdf</t>
   </si>
   <si>
     <t>PM 007/1994 - CM 010/94 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>5710</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5710/projeto.executivo.8.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5710/projeto.executivo.8.ok.pdf</t>
   </si>
   <si>
     <t>PM 008/1994 - CM 011/94 - CONCEDE UM AUXÍLIO FINANCEIRO AO CENTRO COMUNITÁRIO LOTEAMENTO POPULAR RIO BRANCO, PARA O PAGAMENTO DE MÃO DE OBRA.</t>
   </si>
   <si>
     <t>5711</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5711/projeto.executivo.9.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5711/projeto.executivo.9.ok.pdf</t>
   </si>
   <si>
     <t>PM 009/1994 - CM 012/94 - AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR DESPESAS COM A PROMOÇÃO DA II TAÇA DOS CAMPEÃOS DO VALE DO CAÍ.</t>
   </si>
   <si>
     <t>5712</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5712/projeto.executivo.10.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5712/projeto.executivo.10.ok.pdf</t>
   </si>
   <si>
     <t>PM 010/1994 - CM 013/94 - INCLUI NOVO ITEM NO PLANO PLURIANUAL E NAS DIRETRIZES ORÇAMENTÁRIAS.</t>
   </si>
   <si>
     <t>5713</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5713/projeto.executivo.11.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5713/projeto.executivo.11.ok.pdf</t>
   </si>
   <si>
     <t>PM 011/1994 - CM 014/94 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL ATÉ O LIMITE DE C$ 20.000,00 PARA A COBERTURA DE DESPESAS DECORRENTES DO CONVÊNIO COM O CENTRO DE INTEGRAÇÃO EMPRESA-ESCOLA.</t>
   </si>
   <si>
     <t>5714</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5714/projeto.executivo.12.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5714/projeto.executivo.12.ok.pdf</t>
   </si>
   <si>
     <t>PM 012/1994 - CM 017/94 - ALTERA A REDAÇÃO DO ART. 12, DA LEI Nº 1.452, DE 14 DE DEZEMBRO DE 1990, QUE DISPÕE SOBRE OS DIREITOS DA CRIANÇA E DO ADOLESCENTE.</t>
   </si>
   <si>
     <t>5715</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5715/projeto.executivo.13.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5715/projeto.executivo.13.ok.pdf</t>
   </si>
   <si>
     <t>PM 013/1994 - CM 024/94 - CONCEDE UM AUXÍLIO FINANCEIRO A ASSOCIAÇÃO COMUNITÁRIA LAJEADINHO, PARA A CONSTRUÇÃO DE UMA CRECHE.</t>
   </si>
   <si>
     <t>5716</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5716/projeto.executivo.14.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5716/projeto.executivo.14.ok.pdf</t>
   </si>
   <si>
     <t>PM 014/1994 - CM 028/94 - ISENTA AS ENTIDADES COMUNITÁRIAS BENEFICENTES E FILANTRÓPICAS DO PAGAMENTO DO IMPOSTO SOBRE TRANSMISSÃO DE BENS IMÓVEIS - ITBI.</t>
   </si>
   <si>
     <t>5717</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5717/projeto.executivo.15.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5717/projeto.executivo.15.ok.pdf</t>
   </si>
   <si>
     <t>PM 015/1994 - CM 029/94 - AUTORIZA O EXECUTIVO MUNICIPAL A REAJUSTAR EM 45,71%, NO MÊS DE ABRIL DE 1994, AS TABELAS DE REMUNERAÇÃO DOS SERVIDORES MUNICIPAIS, ATIVOS, INATIVOS E DAS PENSIONISTAS.</t>
   </si>
   <si>
     <t>5718</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5718/projeto.executivo.16.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5718/projeto.executivo.16.ok.pdf</t>
   </si>
   <si>
     <t>PM 016/1994 - CM 031/94 - AUTORIZA O EXECUTIVO MUNICIPAL A ALIENAR UM IMÓVEL DE PROPRIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5719</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5719/projeto.executivo.17.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5719/projeto.executivo.17.ok.pdf</t>
   </si>
   <si>
     <t>PM 017/1994 - CM 032/94 - AUTORIZA O EXECUTIVO A ALIENAR UM VEÍCULO DE PROPRIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5720</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5720/projeto.executivo.18.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5720/projeto.executivo.18.ok.pdf</t>
   </si>
   <si>
     <t>PM 018/1994 - CM 033/94 - CONCEDE UM AUXÍLIO FINANCEIRO A ASSOCIAÇÃO HABITACIONAL CAIENSE PARA A CONTRUÇÃO DE MÓDULOS SANITÁRIOS.</t>
   </si>
   <si>
     <t>5721</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5721/projeto.executivo.19.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5721/projeto.executivo.19.ok.pdf</t>
   </si>
   <si>
     <t>PM 019/1994 - CM 031/94 - CONCEDE UM AUXÍLIO FINANCEIRO A ASSOCIAÇÃO CAIENSE DE AMIGOS.</t>
   </si>
   <si>
     <t>5722</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5722/projeto.executivo.20.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5722/projeto.executivo.20.ok.pdf</t>
   </si>
   <si>
     <t>PM 020/1994 - CM 041/94 - CONCEDE UM AUXÍLIO FINANCEIRO AO CENTRO DE TRADIÇÕES GAÚCHAS LAURO RODRIGUES, PARA O CUSTEIO DE DESPESAS COM LOCOMOÇÃO.</t>
   </si>
   <si>
     <t>5723</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5723/projeto.executivo.21.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5723/projeto.executivo.21.ok.pdf</t>
   </si>
   <si>
     <t>PM 021/1994 - CM 042/94 - CONCEDE UM AUXÍLIO FINANCEIRO À ASSOCIAÇÃO ATLÉTICA BANCO DO BRASIL.</t>
   </si>
   <si>
     <t>5724</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5724/projeto.executivo.22.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5724/projeto.executivo.22.ok.pdf</t>
   </si>
   <si>
     <t>PM 022/1994 - CM 043/94 - AUTORIZA O EXECUTIVO MUNICIPAL A REAJUSTAR EM 45%, NO MÊS DE MAIO DE 1994, AS TABELAS DE REMUNERAÇÃO DOS SERVIDORES MUNICIPAIS, ATIVOS, INATIVOS E DAS PENSIONISTAS.</t>
   </si>
   <si>
     <t>5725</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5725/projeto.executivo.23.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5725/projeto.executivo.23.ok.pdf</t>
   </si>
   <si>
     <t>PM 023/1994 - CM 051/94 - CONCEDE UM AUXÍLIO FINANCEIRO À ASSOCIAÇAO CAIENSE DE AMIGOS.</t>
   </si>
   <si>
     <t>5726</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5726/projeto.executivo.24.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5726/projeto.executivo.24.ok.pdf</t>
   </si>
   <si>
     <t>PM 024/1994 - CM 052/94 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL PARA A COBERTURA DE DESPESAS COM A AQUISIÇÃO DE EQUIPAMENTOS NECESSÁRIOS AO FUNCIONAMENTO DO CONSELHO TUTELAR.</t>
   </si>
   <si>
     <t>5727</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5727/projeto.executivo.25.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5727/projeto.executivo.25.ok.pdf</t>
   </si>
   <si>
     <t>PM 025/1994 - CM 056/94 - AUTORIZA A CONTRATAÇÃO DE SERVIÇOS MÉDICOS SOB A FORMA DE PLANTÃO DE 24 HORAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5728</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5728/projeto.executivo.26.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5728/projeto.executivo.26.ok.pdf</t>
   </si>
   <si>
     <t>PM 026/1994 - CM 057/94 - CONCEDE UM AUXÍLIO FINANCEIRO À SOCIEDADE CULTURAL DOS CANTORES DE SÃO SEBASTIÃO DO CAÍ PARA A COBERTURA DE DESPESAS.</t>
   </si>
   <si>
     <t>5729</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5729/projeto.executivo.27.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5729/projeto.executivo.27.ok.pdf</t>
   </si>
   <si>
     <t>PM 027/1994 - CM 058/94 - AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR O PAGAMENTO DE DESPESAS COM ANESTESIA CIRÚRGICA PARA PESSOAS CARENTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5730</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5730/projeto.executivo.28.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5730/projeto.executivo.28.ok.pdf</t>
   </si>
   <si>
     <t>PM 028/1994 - CM 059/94 - AUTORIZA O EXECUTIVO MUNICIPAL A REAJUSTAR EM 45%, NO MÊS DE JUNHO DE 1994, AS TABELAS DE REMUNERAÇÃO DOS SERVIDORES MUNICIPAIS, ATIVOS, INATIVOS E DAS PENSIONISTAS.</t>
   </si>
   <si>
     <t>5731</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5731/projeto.executivo.29.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5731/projeto.executivo.29.ok.pdf</t>
   </si>
   <si>
     <t>PM 029/1994 - CM 060/94 - CONCEDE UM AUXÍLIO FINANCEIRO À ASSOCIAÇÃO COMUNITÁRIA DA VIGIA.</t>
   </si>
   <si>
     <t>5732</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5732/projeto.executivo.30.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5732/projeto.executivo.30.ok.pdf</t>
   </si>
   <si>
     <t>PM 030/1994 - CM 066/94 - INTRODUZ ALTERAÇÃO NO QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>5733</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5733/projeto.executivo.31.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5733/projeto.executivo.31.ok.pdf</t>
   </si>
   <si>
     <t>PM 031/1994 - CM 067/94 - ALTERA A REDAÇÃO DO ART. 1º DA LEI Nº 1.629, DE 23 DE ABRIL DE 1993, QUE CRIA CARGOS EM COMISSÃO DE SUPERVISOR DE ATENDIMENTO MÉDICO.</t>
   </si>
   <si>
     <t>5734</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5734/projeto.executivo.32.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5734/projeto.executivo.32.ok.pdf</t>
   </si>
   <si>
     <t>PM 032/1994 - CM 070/94 - CONCEDE UM AUXÍLIO FINANCEIRO À COMISSÃO ORGANIZADORA DA XII FESTA DA BERGAMOTA.</t>
   </si>
   <si>
     <t>5735</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5735/projeto.executivo.51.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5735/projeto.executivo.51.ok.pdf</t>
   </si>
   <si>
     <t>PM 051/1994 - CM 107/94 - DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA 1995 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5736</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5736/projeto.executivo.52.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5736/projeto.executivo.52.ok.pdf</t>
   </si>
   <si>
     <t>PM 052/1994 - CM 108/94 - ALTERA A REDAÇÃO DO ART. 4º DA LEI Nº 1.428, DE 15 DE OUTUBRO  DE 1990, QUE DISPÕE SOBRE O PAGAMENTO DE DIÁRIAS AOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>5737</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5737/projeto.executivo.53.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5737/projeto.executivo.53.ok.pdf</t>
   </si>
   <si>
     <t>PM 053/1994 - CM 109/94 - AUTORIZA O PODER EXECUTIVO A IMPLANTAR E EXPLORAR SISTEMA DE TELEFONIA RURAL, BEM ASSIM ALIENAR OS RESPECTIVOS TERMINAIS PARA USO PRIVATIVO POR TERCEIROS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5738</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5738/projeto.executivo.54.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5738/projeto.executivo.54.ok.pdf</t>
   </si>
   <si>
     <t>PM 054/1994 - CM 110/94 - ALTERA A REDAÇÃO DO ART. 1º DA LEI Nº 1.629, DE 23 DE ABRIL  DE 1993, QUE CRIA CARGOS EM COMISSÃO DE SUPERVISOR DE ATENDIMENTO MÉDICO.</t>
   </si>
   <si>
     <t>5739</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5739/projeto.executivo.55.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5739/projeto.executivo.55.ok.pdf</t>
   </si>
   <si>
     <t>PM 055/1994 - CM 114/94 - AUTORIZA O EXECUTIVO A SUPLEMENTAR AS DEPSESAS COM A X OLIMPIADA MUNICIPAL, ATÉ O LIMITE DE R$ 1.950,00.</t>
   </si>
   <si>
     <t>5740</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5740/projeto.executivo.56.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5740/projeto.executivo.56.ok.pdf</t>
   </si>
   <si>
     <t>PM 056/1994 - CM 115/94 - AUTORIZA O EXECUTIVO MUNICIPAL A REAJUSTAR EM 20%, NO MÊS DE SETEMBRO DE 1994, AS TABELAS DE REMUNERAÇÃO DOS SERVIDORES MUNICIPAIS, ATIVOS, INATIVOS E DAS PENSIONISTAS.</t>
   </si>
   <si>
     <t>5741</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5741/projeto.executivo.57.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5741/projeto.executivo.57.ok.pdf</t>
   </si>
   <si>
     <t>PM 057/1994 - CM 116/94 - CONCEDE UM AUXÍLIO FINANCEIRO À SOCIEDADE CULTURAL SANTO INÁCIO, PARA A AQUISIÇÃO DE UMA CENTRAL SEMI-AUTOMÁTICA DE TELEFONIA.</t>
   </si>
   <si>
     <t>5742</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5742/projeto.executivo.58.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5742/projeto.executivo.58.ok.pdf</t>
   </si>
   <si>
     <t>PM 058/1994 - CM 123/94 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO XOM A COMPANHIA RIO GRANDENSE DE TELECOMUNICAÇÕES - CRT, PARA IMPLANTAÇÃO DE POSTO DE SERVIÇO TELEFÔNICO RURAL NA LOCALIDADE DE PARECI VELHO.</t>
   </si>
   <si>
     <t>5743</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5743/projeto.executivo.59.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5743/projeto.executivo.59.ok.pdf</t>
   </si>
   <si>
     <t>PM 059/1994 - CM 124/94 - CONCEDE UM AUXÍLIO FINANCEIRO À ASSOCIAÇÃO DOS MORADORES DO BAIRRO RIO BRANCO, PARA AMPLIAÇÃO DA CRECHE.</t>
   </si>
   <si>
     <t>5744</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5744/projeto.executivo.60.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5744/projeto.executivo.60.ok.pdf</t>
   </si>
   <si>
     <t>PM 060/1994 - CM 139/94 - AUTORIZA O EXECUTIVO MUNICIPAL A ALIENAR NA FORMA DE DAÇÃO EM PAGAMENTO, UM VEÍCULO DE PROPRIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5745</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5745/projeto.executivo.61.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5745/projeto.executivo.61.ok.pdf</t>
   </si>
   <si>
     <t>PM 061/1994 - CM 142/94 - SUSPENDE POR PRAZO DETERMINADO A COBRANÇA DE TAXA DE REMUNERAÇÃO DE PRÉDIOS.</t>
   </si>
   <si>
     <t>5746</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5746/projeto.executivo.62.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5746/projeto.executivo.62.ok.pdf</t>
   </si>
   <si>
     <t>PM 062/1994 - CM 143/94 - CONCEDE UM AUXÍLIO FINANCEIRO AO CÍRCULO OPERÁRIO CAIENSE, PARA A AQUISIÇÃO DE EQUIPAMENTOS PARA A CRECHE SANTO ANTONIO.</t>
   </si>
   <si>
     <t>5747</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5747/projeto.executivo.63.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5747/projeto.executivo.63.ok.pdf</t>
   </si>
   <si>
     <t>PM 063/1994 - CM 144/94 - CONCEDE ISENÇÃO DE PAGAMENTO DA CONTRIBUIÇÃO DE MELHORIA A PESSOAS DE BAIXA RENDA, ASSOCIAÇÕES DE MORADORES, ENTIDADES CULTURAIS, ESPORTIVAS, BENEFICENTES, RELIGIOSAS, SINDICAIS, CLUBES SOCIAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5748</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>PM 064/1994 - CM 145/94 - CONCEDE A SER CAÍ, ISENÇÃO DO PAGAMENTO DA TAXA DE UTILIZAÇÃO DO GINÁSIO DE ESPORTES HEITOR PEDRO SELBACH.</t>
   </si>
   <si>
     <t>5749</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5749/projeto.executivo.65.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5749/projeto.executivo.65.ok.pdf</t>
   </si>
   <si>
     <t>PM 065/1994 - CM 147/94 - AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR PROTOCOLO DE AÇÃO CONJUNTA COM A SECRETARIA DA JUSTIÇA, DO TRABALHO E DA CIDADANIA, PARA O APROVEITAMENTO DE MÃO DE OBRA PRISIONAL.</t>
   </si>
   <si>
     <t>5750</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5750/projeto.executivo.66.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5750/projeto.executivo.66.ok.pdf</t>
   </si>
   <si>
     <t>PM 066/1994 - CM 148/94 - AUTORIZA O EXECUTIVO MUNICIPAL A REAJUSTAR, NO MÊS DE NOVEMBRO DE 1994, AS TABELAS DE REMUNERAÇÃO DOS SERVIDORES MUNICIPAIS ATIVOS, INATIVOS E DAS PENSIONISTAS.</t>
   </si>
   <si>
     <t>5751</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5751/projeto.executivo.67.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5751/projeto.executivo.67.ok.pdf</t>
   </si>
   <si>
     <t>PM 067/1994 - CM 153/94 - CONCEDE UM AUXÍLIO FINANCEIRO À ASSOCIAÇÃO DOS MORADORES DA VILA SÃO MARTINS, PARA AQUISIÇÃO DE UM APARELHO DE RÁDIO-COMUNICAÇÃO.</t>
   </si>
   <si>
     <t>5752</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5752/projeto.executivo.68.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5752/projeto.executivo.68.ok.pdf</t>
   </si>
   <si>
     <t>PM 068/1994 - CM 154/94 - CONCEDE UM AUXÍLIO FINANCEIRO À ASSOCIAÇÃO DOS MORADORES DA VILA RICA, ESPERANÇA, E PROGRESSO, PARA A AMPLIAÇÃO DA CRECHE.</t>
   </si>
   <si>
     <t>5753</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5753/projeto.executivo.69.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5753/projeto.executivo.69.ok.pdf</t>
   </si>
   <si>
     <t>PM 069/1994 - CM 157/94 - INCLUI CÓDIGOS ORÇAMENTÁRIOS NO PLANO PLURIANUAL E NA LEI DE DIRETRIZES ORÇAMENTÁRIOS.</t>
   </si>
   <si>
     <t>5754</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5754/projeto.executivo.70.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5754/projeto.executivo.70.ok.pdf</t>
   </si>
   <si>
     <t>PM 070/1994 - CM 158/94 - AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR PESSOAL POR PRAZO DETERMINADO EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>5755</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5755/projeto.executivo.71.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5755/projeto.executivo.71.ok.pdf</t>
   </si>
   <si>
     <t>PM 071/1994 - CM 159/94 - CANCELA DÍVIDA ATIVA NO VALOR DE R$ 4.960,06.</t>
   </si>
   <si>
     <t>5756</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5756/projeto.executivo.72.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5756/projeto.executivo.72.ok.pdf</t>
   </si>
   <si>
     <t>PM 072/1994 - CM 160/94 - FIXA NORMAS PERMANENTES DE REVISÃO DO VALOR VENAL DOS IMÓVEIS URBANOS PARA FINS DE TRIBUTAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5757</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5757/projeto.executivo.73.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5757/projeto.executivo.73.ok.pdf</t>
   </si>
   <si>
     <t>PM 073/1994 - CM 161/94 - ALTERA OS DISPOSITIVOS QUE MENCIONA DA LEI Nº 1.599, DE 29 DE DEZEMBRO DE 1992 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5758</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5758/projeto.executivo.74.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5758/projeto.executivo.74.ok.pdf</t>
   </si>
   <si>
     <t>PM 074/1994 - CM 162/94 - ALTERA AS TABELAS I, II, III, IV, VI E VII DA LEI Nº 1.599, DE 29 DE DEZEMBRO DE 1992.</t>
   </si>
   <si>
     <t>5759</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5759/projeto.executivo.75.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5759/projeto.executivo.75.ok.pdf</t>
   </si>
   <si>
     <t>PM 075/1994 - CM 164/94 - PRORROGA A VIGÊNCIA DA LEI Nº 1.625/93, QUE CRIA O PROGRAMA MUNICIPAL DE MELHORIA HABITACIONAL PARA POPULAÇÃO DE BAIXA RENDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5760</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5760/projeto.executivo.76.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5760/projeto.executivo.76.ok.pdf</t>
   </si>
   <si>
     <t>PM 076/1994 - CM 165/94 - CONCEDE UM AUXÍLIO FINANCEIRO À ASSOCIAÇÃO COMUNITÁRIA LAJEADINHO, PARA A CONSTRUÇÃO DE UMA CRECHE.</t>
   </si>
   <si>
     <t>5761</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5761/projeto.executivo.77.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5761/projeto.executivo.77.ok.pdf</t>
   </si>
   <si>
     <t>PM 077/1994 - CM 166/94 - ALTERA A REDAÇÃO DO ART. 1º DA LEI Nº 1.772/94, QUE CONCEDE ISENÇÃO DO PAGAMENTO DA CONTRIBUIÇÃO DE MELHORIA A PESSOAS DE BAIXA RENDA, ASSOCIAÇÕES DE MORADORES, ENTIDADES CULTURAIS,ESPORTIVAS, BENEFICENTES, RELIGIOSAS, SINDICAIS E CLUBES SOCIAIS.</t>
   </si>
   <si>
     <t>5762</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5762/projeto.executivo.78.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5762/projeto.executivo.78.ok.pdf</t>
   </si>
   <si>
     <t>PM 078/1994 - CM 167/94 - CRIA O CONSELHO M,UNICIPAL DE DEFESA DO MEIO AMBIENTE - CODEMA - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5763</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5763/projeto.executivo.79.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5763/projeto.executivo.79.ok.pdf</t>
   </si>
   <si>
     <t>PM 079/1994 - CM 173/94 - INSTITUI CAMPANHA PARA AUMENTO DA ARRECADAÇÃO DO MUNICÍPIO PARA 1995, AUTORIZA E INSTITUI PREMIAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5764</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5764/projeto.executivo.80.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5764/projeto.executivo.80.ok.pdf</t>
   </si>
   <si>
     <t>PM 080/1994 - CM 174/94 - ALTERA A REDAÇÃO DO ART. 4º, DA LEI Nº 1.744/94, QUE DISPÕE SOBRE A CEDÊNCIA DOS GINÁSIOS DE ESPORTE DO PORQUE CENTENÁRIO.</t>
   </si>
   <si>
     <t>5765</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5765/projeto.executivo.81.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5765/projeto.executivo.81.ok.pdf</t>
   </si>
   <si>
     <t>PM 081/1994 - CM 175/94 - CONCEDE UM AUXÍLIO FINANCEIRO  À ASSOCIAÇÃO COMUNITÁRIA NAVEGANTES, PARA OBRAS EM SUA SEDE SOCIAL.</t>
   </si>
   <si>
     <t>5766</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5766/projeto.executivo.82.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5766/projeto.executivo.82.ok.pdf</t>
   </si>
   <si>
     <t>PM 083/1994 - CM 176/94 - INTRODUZ ALTERAÇÃO NO QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>5767</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5767/projeto.executivo.83.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5767/projeto.executivo.83.ok.pdf</t>
   </si>
   <si>
     <t>PM 083/1994 - CM 177/94 - AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL PARA ATENDIAMENTO AO PROGRAMA MUNICIPAL DE GERENCIAMENTO AMBIENTAL.</t>
   </si>
   <si>
     <t>5768</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5768/projeto.executivo.84.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5768/projeto.executivo.84.ok.pdf</t>
   </si>
   <si>
     <t>PM 084/1994 - CM 182/94 - CONCEDE UM AUXILIO FINANCEIRO À ASSOCIAÇÃO COMUNITÁRIA NOVA RIO BRANCO, PARA COBERTURA DE DESPESAS DIVERSAS.</t>
   </si>
   <si>
     <t>5769</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5769/projeto.executivo.85.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5769/projeto.executivo.85.ok.pdf</t>
   </si>
   <si>
     <t>PM 085/1994 - CM 183/94 - CONCEDE UM AUXÍLIO FINANCEIRO À SOCIEDADE CULTURAL DOS CANTORES DE SÃO SEBASTIÃO DO CAÍ PARA COBERTURA DE DESPESAS COM A MANUTENÇÃO DO CORAL.</t>
   </si>
   <si>
     <t>5822</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5822/requerimento.22.mozar.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5822/requerimento.22.mozar.ok.pdf</t>
   </si>
   <si>
     <t>CM 022/94 - PROPÕE QUE SEJA OFICIADO AO SR. PRESIDENTE DA COMPANHIA RIOGRANDENSE  DE TELECOMUNICAÇÕES MANIFESTANDO EMPENHO EM FAVOR DO ATENDIMENTO DAS NECESSIDADES DOS MORADORES DAQUELES TRÊS NÚCLEOS URBANOS, COM A DESTINAÇÃO DE LINHAS. AUTOR. VER. MOZAR HOFF</t>
   </si>
   <si>
     <t>5825</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5825/requerimento.45.paulo_de_paula.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5825/requerimento.45.paulo_de_paula.ok.pdf</t>
   </si>
   <si>
     <t>CM 045/94 - REQUER QUE SEJA ENCAMINHADO AO EXECUTIVO PEDIDO DE INFORMAÇÕES. AUTOR. VER. PAULO DE PAULA</t>
   </si>
   <si>
     <t>5826</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5826/requerimento.46.paulo_de_paula.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5826/requerimento.46.paulo_de_paula.ok.pdf</t>
   </si>
   <si>
     <t>CM 046/94 - REQUER QUE SEJA SUBMETIDO À VOTAÇÃO DO PLENÁRIO OS PEDIDOS DE INFORMAÇÕES. AUTOR. VER. PAULO DE PAULA</t>
   </si>
   <si>
     <t>5827</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5827/requerimento.47.paulo_de_paula.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5827/requerimento.47.paulo_de_paula.ok.pdf</t>
   </si>
   <si>
     <t>CM 047/94 - PROPÕE O ENCAMINHAMENTO AO EXECUTIVO PEDIDO DE INFORMAÇÕES. AUTOR. VER. PAULO DE PAULA</t>
   </si>
   <si>
     <t>5828</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5828/requerimento.48.paulo_de_paula.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5828/requerimento.48.paulo_de_paula.ok.pdf</t>
   </si>
   <si>
     <t>CM 048/94 - REQUER A APROVAÇÃO DO PLENÁRIO PARA O ENCAMINHAMENTO AO EXECUTIVO DE PEDIDO DE INFORMAÇÕES. AUTOR. VER. PAULO DE PAULA</t>
   </si>
   <si>
     <t>5829</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5829/requerimento.49.paulo_de_paula.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5829/requerimento.49.paulo_de_paula.ok.pdf</t>
   </si>
   <si>
     <t>CM 049/94 - REQUER QUE SEJA ENCAMINHADO AO EXECUTIVO PEDIDO DE INFORMAÇÕES. AUTOR. VER. PAULO DE PAULA</t>
   </si>
   <si>
     <t>5831</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5831/requerimento.74.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5831/requerimento.74.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 074/94 - PROPÕE QUE SEJA OFICIADO AO SR. GOVERNADOR DO ESTADO PLEITEANDO A CONSTRUÇÃO DE UMA PASSARELA OU DE REDUTORES, NO PRINCIPAL TREVO DE ACESSO À CIDADE. AUTOR. VER. ERICO MEIRELLES</t>
   </si>
   <si>
     <t>5832</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5832/requerimento.77.tassinari.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5832/requerimento.77.tassinari.ok.pdf</t>
   </si>
   <si>
     <t>CM 077/94 - PROPÕE QUE SEJA OFICIADO AO SR. PRESIDENTE DA CORSAN LAMENTANDO PROFUNDAMENTE A TRANSFERÊNCIA DO DO ESCRITÓRIO ADMINISTRATIVO PARA O LADO DIREITO DA RS 122, JUNTO À ESTAÇÃO DE TRATAMENTO. AUTOR: VER. LUIZ TASSINARI</t>
   </si>
   <si>
     <t>5838</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Todos Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5838/requerimento.111.todos.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5838/requerimento.111.todos.ok.pdf</t>
   </si>
   <si>
     <t>CM 111/94 - CONSIDERANDO O MOVIMENTO DO CLUBE DAS MÃES COMO ATIVIDADE SOCIAL COMUNITÁRIA DE GRANDE VALIA; PROPÕEM A INSERÇÃO EM ATA DE UM VOTO DE CONGRATULAÇÕES POR ESTE IMPORTANTE EVENTO.</t>
   </si>
   <si>
     <t>5840</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5840/requerimento.140.paulo_de_paula.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5840/requerimento.140.paulo_de_paula.ok.pdf</t>
   </si>
   <si>
     <t>CM 140/94 - REQUER QUE SEJA ENCAMINHADO AO PODER EXECUTIVO PEDIDO DE INFORMAÇÕES. AUTOR. VER. PAULO DE PAULA</t>
   </si>
   <si>
     <t>5842</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5842/requerimento.169.tassinari.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5842/requerimento.169.tassinari.ok.pdf</t>
   </si>
   <si>
     <t>CM 169/94 - CONSIDERANDO A BRILHANTE APRERSENTAÇÃO DAS ALUNAS DA ESCOLA DE BALÉ 'PRÓ DANCE', REQUER QUE SEJA APROVADO UM VOTO DE CONGRATULAÇÕES COM A PROFESSORA CECÍLIA BAZZOTI, PELOS EXCELENTES RESULTADOS APRESENTADOS PELOS SEUS ALUNOS. AUTOR. VER. LUIZ TASSINARI</t>
   </si>
   <si>
     <t>5843</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5843/requerimento.180.todos.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5843/requerimento.180.todos.ok.pdf</t>
   </si>
   <si>
     <t>CM 180/94 - CONSIDERANDO QUE O DR. BRUNO CASSEL COMPLETOU SESSENTA ANOS DE ABNEGADO E DEDICADO EXERCÍCIO DA MEDICINA, PROPÕEM O ENVIO DE UMA MOÇÃO DE CONGRATULAÇÕES AO ILÚSTRE MÉDICO E HOMEM PÚBLICO, PELO TRANCURSO DE TÃO SIGNIFICATIVO EVENTO.</t>
   </si>
   <si>
     <t>5844</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5844/requerimento.186.donato.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5844/requerimento.186.donato.ok.pdf</t>
   </si>
   <si>
     <t>CM 186/94 - CONSIDERANDO QUE A SOCIEDADE ESPORTIVA E RECREATIVA - SER/CAÍ VEM DE CONQUISTAR, COM BRILHO E MÉRITOS, O CAMPEONATO ESTADUAL DE HANDEBOL, PROPÕE QUE SEJA ENVIADO UM VOTO DE CONGRATULAÇÕES À REFERIDA ENTIDADE, ÀS JOVENS ATLETAS E AO SEU TREINADOR , PROFESSOR GERSON CABRAL. AUTOR. VER. JOSÉ HARTMANN</t>
   </si>
   <si>
     <t>5823</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>VOP</t>
   </si>
   <si>
     <t>Voto de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5823/requerimento.38.tassinari.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5823/requerimento.38.tassinari.ok.pdf</t>
   </si>
   <si>
     <t>CM 038/94 - REQUEREM A INSERÇÃO EM ATA DE UM VOTO DE PROFUNDO PESAR PELO FALECIMENTO DE JOÃO SOARES DA SILVA. AUTOR. VER. LUIZ TASSINARI</t>
   </si>
   <si>
     <t>5824</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5824/requerimento.38.tassinari.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5824/requerimento.38.tassinari.ok.pdf</t>
   </si>
   <si>
     <t>CM 039/94 - REQUEREM A INSERÇÃO DE UM VOTO DE PROFUNDO PESAR PELO FALECIMENTO DE D. META TREIN MULLER. AUTOR.. VER. LUIZ TASSINARI</t>
   </si>
   <si>
     <t>5830</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5830/requerimento.73.astor.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5830/requerimento.73.astor.ok.pdf</t>
   </si>
   <si>
     <t>CM 073/94 - REQUER A INSERÇÃO EM ATA DE UM VOTO DE PROFUNDO PESAR PELO FALECIMENTO DE ZEMO ANTÔNIO ANTONIAZZI. AUTOR. VER. ASTOR DOS SANTOS</t>
   </si>
   <si>
     <t>5833</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5833/requerimento.78.donato.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5833/requerimento.78.donato.ok.pdf</t>
   </si>
   <si>
     <t>CM 078/94 - REQUEREM A INSERÇÃO EM ATA DE UM PROFUNDO PESAR PELO FALECIMENTO DE ANA SELÍRIA FRITSCH NOSCHANG. AUTOR. VER. JOSÉ HARTMANN</t>
   </si>
   <si>
     <t>5834</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5834/requerimento.88.todos.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5834/requerimento.88.todos.ok.pdf</t>
   </si>
   <si>
     <t>CM 088/94 - REQUEREM A INSERÇÃO DE UM VOTO DE PROFUNDO PESAR PELO FALECIMENTO DE EVA MARIA DA SILVA FERREIRA.</t>
   </si>
   <si>
     <t>5835</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5835/requerimento.105.tassinari.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5835/requerimento.105.tassinari.ok.pdf</t>
   </si>
   <si>
     <t>CM 105/94 - REQUER A INSERÇÃO EM ATA DE UM VOTO DE PROFUNDO PESAR PELO FALECIMENTO DE RITA ENGEROFF. AUTOR. VER. LUIZ TASSINARI</t>
   </si>
   <si>
     <t>5839</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5839/requerimento.120.paulo_de_paula.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5839/requerimento.120.paulo_de_paula.ok.pdf</t>
   </si>
   <si>
     <t>CM 120/94 - REQUER A INSERÇÃO DE UM VOTO DE PROFUNDO PESAR PELO FALECIMENTO DE OLINTO BERWANGER. AUTOR. VER. PAULO DE PAULA</t>
   </si>
   <si>
     <t>5841</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5841/requerimento.155.erico.ok.pdf</t>
+    <t>http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5841/requerimento.155.erico.ok.pdf</t>
   </si>
   <si>
     <t>CM 155/94 - REQUER A INSERÇÃO EM ATA DE UM VOTO DE PROFUNDO PESAR PELO FALECIMENTO DE CARLOS BUENO. AUTOR. VER. ERICO MEIRELLES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2088,67 +2088,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5770/emenda.63.valdir_e_eric.ok.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5771/emenda.107.ok.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5772/emenda.117.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5773/emenda.125.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5774/emenda.126.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5775/emenda.129.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5776/emenda.130.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5777/emenda.131.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5778/emenda.132.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5779/emenda.133.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5780/emenda.134.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5781/emenda.135.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5783/emenda.137.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5784/emenda.138.valdir_e_donato.ok.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5785/indicacao.6.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5786/indicacao.8.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5787/indicacao.9.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5788/indicacao.15.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5789/indicacao.16.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5790/indicacao.18.varios.ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5791/indicacao.19.astor.ok.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5792/indicacao.20.astor.ok.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5793/indicacao.21.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5794/indicacao.23.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5795/indicacao.26.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5796/indicacao.27.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5797/indicacao.34.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5798/indicacao.35.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5799/indicacao.36.donato.ok.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5800/indicacao.50.donato.ok.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5801/indicacao.54.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5802/indicacao.55.inacio.ok.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5803/indicacao.64.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5804/indicacao.65.erico_e_caye.ok.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5805/indicacao.69.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5806/indicacao.75.inacio.ok.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5807/indicacao.94.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5808/indicacao.96.astor_e_caye.ok.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5809/indicacao.101.donato.ok.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5810/indicacao.106.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5811/indicacao.118.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5812/indicacao.121.inacio.ok.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5813/indicacao.127.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5814/indicacao.128.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5815/indicacao.141.erico_e_astor.ok.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5816/indicacao.146.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5817/indicacao.151.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5818/indicacao.152.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5819/indicacao.156.marileny.ok.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5820/indicacao.163.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5821/indicacao.172.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5703/projeto.executivo.1.ok.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5704/projeto.executivo.2.ok.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5705/projeto.executivo.3.ok.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5706/projeto.executivo.4.ok.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5707/projeto.executivo.5.ok.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5708/projeto.executivo.6.ok.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5709/projeto.executivo.7.ok.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5710/projeto.executivo.8.ok.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5711/projeto.executivo.9.ok.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5712/projeto.executivo.10.ok.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5713/projeto.executivo.11.ok.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5714/projeto.executivo.12.ok.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5715/projeto.executivo.13.ok.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5716/projeto.executivo.14.ok.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5717/projeto.executivo.15.ok.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5718/projeto.executivo.16.ok.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5719/projeto.executivo.17.ok.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5720/projeto.executivo.18.ok.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5721/projeto.executivo.19.ok.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5722/projeto.executivo.20.ok.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5723/projeto.executivo.21.ok.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5724/projeto.executivo.22.ok.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5725/projeto.executivo.23.ok.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5726/projeto.executivo.24.ok.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5727/projeto.executivo.25.ok.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5728/projeto.executivo.26.ok.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5729/projeto.executivo.27.ok.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5730/projeto.executivo.28.ok.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5731/projeto.executivo.29.ok.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5732/projeto.executivo.30.ok.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5733/projeto.executivo.31.ok.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5734/projeto.executivo.32.ok.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5735/projeto.executivo.51.ok.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5736/projeto.executivo.52.ok.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5737/projeto.executivo.53.ok.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5738/projeto.executivo.54.ok.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5739/projeto.executivo.55.ok.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5740/projeto.executivo.56.ok.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5741/projeto.executivo.57.ok.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5742/projeto.executivo.58.ok.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5743/projeto.executivo.59.ok.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5744/projeto.executivo.60.ok.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5745/projeto.executivo.61.ok.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5746/projeto.executivo.62.ok.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5747/projeto.executivo.63.ok.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5749/projeto.executivo.65.ok.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5750/projeto.executivo.66.ok.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5751/projeto.executivo.67.ok.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5752/projeto.executivo.68.ok.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5753/projeto.executivo.69.ok.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5754/projeto.executivo.70.ok.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5755/projeto.executivo.71.ok.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5756/projeto.executivo.72.ok.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5757/projeto.executivo.73.ok.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5758/projeto.executivo.74.ok.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5759/projeto.executivo.75.ok.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5760/projeto.executivo.76.ok.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5761/projeto.executivo.77.ok.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5762/projeto.executivo.78.ok.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5763/projeto.executivo.79.ok.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5764/projeto.executivo.80.ok.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5765/projeto.executivo.81.ok.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5766/projeto.executivo.82.ok.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5767/projeto.executivo.83.ok.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5768/projeto.executivo.84.ok.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5769/projeto.executivo.85.ok.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5822/requerimento.22.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5825/requerimento.45.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5826/requerimento.46.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5827/requerimento.47.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5828/requerimento.48.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5829/requerimento.49.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5831/requerimento.74.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5832/requerimento.77.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5838/requerimento.111.todos.ok.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5840/requerimento.140.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5842/requerimento.169.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5843/requerimento.180.todos.ok.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5844/requerimento.186.donato.ok.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5823/requerimento.38.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5824/requerimento.38.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5830/requerimento.73.astor.ok.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5833/requerimento.78.donato.ok.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5834/requerimento.88.todos.ok.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5835/requerimento.105.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5839/requerimento.120.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5841/requerimento.155.erico.ok.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5770/emenda.63.valdir_e_eric.ok.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5771/emenda.107.ok.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5772/emenda.117.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5773/emenda.125.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5774/emenda.126.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5775/emenda.129.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5776/emenda.130.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5777/emenda.131.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5778/emenda.132.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5779/emenda.133.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5780/emenda.134.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5781/emenda.135.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5783/emenda.137.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5784/emenda.138.valdir_e_donato.ok.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5785/indicacao.6.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5786/indicacao.8.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5787/indicacao.9.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5788/indicacao.15.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5789/indicacao.16.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5790/indicacao.18.varios.ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5791/indicacao.19.astor.ok.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5792/indicacao.20.astor.ok.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5793/indicacao.21.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5794/indicacao.23.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5795/indicacao.26.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5796/indicacao.27.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5797/indicacao.34.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5798/indicacao.35.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5799/indicacao.36.donato.ok.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5800/indicacao.50.donato.ok.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5801/indicacao.54.caye.ok.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5802/indicacao.55.inacio.ok.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5803/indicacao.64.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5804/indicacao.65.erico_e_caye.ok.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5805/indicacao.69.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5806/indicacao.75.inacio.ok.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5807/indicacao.94.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5808/indicacao.96.astor_e_caye.ok.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5809/indicacao.101.donato.ok.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5810/indicacao.106.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5811/indicacao.118.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5812/indicacao.121.inacio.ok.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5813/indicacao.127.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5814/indicacao.128.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5815/indicacao.141.erico_e_astor.ok.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5816/indicacao.146.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5817/indicacao.151.valdir.ok.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5818/indicacao.152.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5819/indicacao.156.marileny.ok.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5820/indicacao.163.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5821/indicacao.172.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5703/projeto.executivo.1.ok.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5704/projeto.executivo.2.ok.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5705/projeto.executivo.3.ok.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5706/projeto.executivo.4.ok.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5707/projeto.executivo.5.ok.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5708/projeto.executivo.6.ok.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5709/projeto.executivo.7.ok.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5710/projeto.executivo.8.ok.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5711/projeto.executivo.9.ok.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5712/projeto.executivo.10.ok.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5713/projeto.executivo.11.ok.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5714/projeto.executivo.12.ok.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5715/projeto.executivo.13.ok.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5716/projeto.executivo.14.ok.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5717/projeto.executivo.15.ok.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5718/projeto.executivo.16.ok.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5719/projeto.executivo.17.ok.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5720/projeto.executivo.18.ok.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5721/projeto.executivo.19.ok.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5722/projeto.executivo.20.ok.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5723/projeto.executivo.21.ok.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5724/projeto.executivo.22.ok.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5725/projeto.executivo.23.ok.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5726/projeto.executivo.24.ok.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5727/projeto.executivo.25.ok.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5728/projeto.executivo.26.ok.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5729/projeto.executivo.27.ok.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5730/projeto.executivo.28.ok.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5731/projeto.executivo.29.ok.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5732/projeto.executivo.30.ok.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5733/projeto.executivo.31.ok.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5734/projeto.executivo.32.ok.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5735/projeto.executivo.51.ok.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5736/projeto.executivo.52.ok.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5737/projeto.executivo.53.ok.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5738/projeto.executivo.54.ok.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5739/projeto.executivo.55.ok.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5740/projeto.executivo.56.ok.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5741/projeto.executivo.57.ok.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5742/projeto.executivo.58.ok.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5743/projeto.executivo.59.ok.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5744/projeto.executivo.60.ok.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5745/projeto.executivo.61.ok.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5746/projeto.executivo.62.ok.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5747/projeto.executivo.63.ok.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5749/projeto.executivo.65.ok.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5750/projeto.executivo.66.ok.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5751/projeto.executivo.67.ok.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5752/projeto.executivo.68.ok.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5753/projeto.executivo.69.ok.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5754/projeto.executivo.70.ok.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5755/projeto.executivo.71.ok.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5756/projeto.executivo.72.ok.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5757/projeto.executivo.73.ok.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5758/projeto.executivo.74.ok.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5759/projeto.executivo.75.ok.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5760/projeto.executivo.76.ok.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5761/projeto.executivo.77.ok.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5762/projeto.executivo.78.ok.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5763/projeto.executivo.79.ok.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5764/projeto.executivo.80.ok.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5765/projeto.executivo.81.ok.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5766/projeto.executivo.82.ok.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5767/projeto.executivo.83.ok.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5768/projeto.executivo.84.ok.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5769/projeto.executivo.85.ok.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5822/requerimento.22.mozar.ok.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5825/requerimento.45.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5826/requerimento.46.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5827/requerimento.47.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5828/requerimento.48.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5829/requerimento.49.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5831/requerimento.74.erico.ok.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5832/requerimento.77.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5838/requerimento.111.todos.ok.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5840/requerimento.140.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5842/requerimento.169.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5843/requerimento.180.todos.ok.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5844/requerimento.186.donato.ok.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5823/requerimento.38.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5824/requerimento.38.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5830/requerimento.73.astor.ok.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5833/requerimento.78.donato.ok.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5834/requerimento.88.todos.ok.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5835/requerimento.105.tassinari.ok.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5839/requerimento.120.paulo_de_paula.ok.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodocai.rs.leg.br/media/sapl/public/materialegislativa/1994/5841/requerimento.155.erico.ok.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H141"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="117.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="116.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>